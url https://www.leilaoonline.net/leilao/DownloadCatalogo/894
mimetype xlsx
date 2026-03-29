--- v0 (2026-02-11)
+++ v1 (2026-03-29)
@@ -269,219 +269,195 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47807", "2156")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47807", "RENAULT MASTER FURGÃO 8M3, BRANCA, ANO 2007/2008 - KM 76.700 - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46192", "2157")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46192", "I/ HYUNDAI CENTENNIAL 45TOP; 2010/2011; PRETA; GASOLINA  - LOCALIZAÇÃO E  VISITAÇÃO AGENDAR - F. 11 3034 - 1839")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>66.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46189", "3741")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46189", "I / VW PASSAT VARIANT 2.0T, ANO 2014, PRATA, GASOLINA - IPVA/ 2020  PAGO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>38.250,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46190", "20116")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46190", "VW; TOUAREG 3.6 VE; 2011/2012; PRATA; GASOLINA - BLINDADA - IPVA/ 2020  PAGO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46191", "30000")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46191", "I/AUDI Q3 2.0 TFSI, 2014/2015, PRATA, GAS - IPVA/ 2020  PAGO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>92</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>60.750,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46193", "30001")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46193", "FIAT/UNO MILLE FLEX, ANO 2007/2008")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>6.400,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>