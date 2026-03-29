--- v0 (2025-10-09)
+++ v1 (2026-03-29)
@@ -269,4059 +269,3555 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5867", "516")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5867", " TANQUE DE AÇO VERTICAL, CAP. APROX; 30M, S/FR, UND, IPAUSSU")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5868", "518")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5868", " ESTRUTURA METÁLICA, SFR, MEDIDAS APROX. VIGAS 5 E MTS,  UND. IPAUSSU ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5869", "520")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5869", " TANQUE DE AÇO CAP. APROX. 15 000LTS, S/FR,UND. IPAUSSU ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5870", "521")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5870", " TANQUE DE AÇO CAP. APROX. 10 000LTS, S/FR,UND. IPAUSSU ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5871", "522")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5871", " TANQUE DE AÇO CAP. APROX. 15 000LTS E CENTRIFUGA, S/FR,UND. IPAUSSU ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5925", "526")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5925", " ARADO SUCATEADO, FR 4, UND. IPAUSSU")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5873", "531")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5873", " 30 VASOS SANITÁRIOS E 30 CADEIRA, QDA. APROX; S/FR, UND IPAUSSU")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5872", "533")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5872", " PORTAS, VITRO E BLINDEX, 20 UND. APROX;  UND. IPAUSSU ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5898", "1299")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5898", " MESAS ESCRITÓRIO, EQUIPAMENTO AMBULATÉRIAL E COFRE, S/FR, UND TAMOIO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5745", "1302")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5745", " CAMINHÃO OFICINA MB L 2213, ANO 1984, PLACA CLZ3614, FR360218, UND ZANIN")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>33.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5899", "2306")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5899", "CALDEIRA DEDINI V-2/4 32T/H 145ATM, IMOB. 103346, OUTROS ITENS, UNID DIAMANTE")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>11.750,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5926", "2317")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5926", " RODAS DIVERSAS, 1 T PESO ESTIMADO, S/FR, UND DIAMANTE")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5742", "2322")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5742", " 1 BOMBA  100/260 VAZÃO 100M3H, S/FR, 1 COMPRESSOR TAG 72507, S/FR, UND DIAMANTE")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5747", "2323")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5747", " 1 CARRETINHA DE ABRIGO AZUL FR103680, UND DIAMANTE")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5743", "2324")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5743", " 1 TANQUE DE FIBRA  APROX.. 4 MIL LITROS, S/FR, 1 HIDRO HOLL, FR72606, UND DIAMANTE")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5860", "3829")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5860", " 22 VARIADORES, PESO ESTIMADO 9T, S/FR, (LOTE VENDA POR KILO), UND BARRA ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>5.580,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>0.01</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5927", "3865")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5927", " BAU COR AZUL DE AÇO, S/FR, UND BARRA")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5922", "3868")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5922", " 3 CALDEIRAS  E EQUIPAMENTOS, ( 600 TON. DE FERRO PESO ESTIMADO), UND BARRA")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>42.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5928", "3872")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5928", " 6 MOTORES, 1 BOMBA, S/FR, UND BARRA")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5900", "3874")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5900", " TANQUE DE FIBRA - USO VINHAÇA, FR110307, LOC: UND BARRA")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5901", "3875")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5901", " ENGATE PARA CANO DE FIBRA E BRAÇADEIRAS DE ALUMÍNIO, S/FR, LOC: UND BARRA")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5929", "3886")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5929", " PEÇAS AUTOMOTIVA,  S/FR, UND BARRA ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5863", "3890")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5863", " 32 PNEUS USADOS, S/F, UND.BARRA")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>3.450,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5864", "3893")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5864", " TANQUE DE FIBRA DE APROX. 15 MIL LITROS - FROTA 98807, UND. BARRA")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>1.450,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5865", "3898")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5865", " 1 GELADEIRA, 2 CARCAÇA DE BOMBA DE ALCOOL/DIESEL GBR-111-2/1- S/F, UND BARRA")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5866", "3899")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5866", " MOVEIS E UTENSILIOS E OUTROS VERIFEQUE DESCRIÇÃO ITEN, S/F, UND. BARRA")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5931", "3902")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5931", " 5 CARCAÇA DE IMPLEMENTO MAFRE, S/FR, UND. BARRA ")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5875", "3903")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5875", " 18 COCHOS COM ROSCA DE INOX, S/FR, UND. BARRA ")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5877", "3905")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5877", " CARRETA TORTA DE FILTRO, FR103629, UND. BARRA ")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5878", "3906")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5878", " CARRETA TORTA DE FILTRO, FR103645, UND. BARRA ")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5876", "3907")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5876", " CARRETA DE TORTA DE FILTRO, FR103625, UND. BARRA ")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5879", "3908")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5879", " CARRETA TORTA DE FILTRO, FR103621, UND. BARRA ")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5880", "3909")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5880", " CARRETA TORTA DE FILTRO, FR103643, UND. BARRA ")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5881", "3915")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5881", " ENLEIRADEIRA PALHA ACOMODADOR DMB, FR103795, UND. BARRA ")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5932", "3918")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5932", " 2 LÂMINAS FR103256/103267, UND. BARRA ")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5862", "3919")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5862", "ROLO COMPACTADOR DYNAPARC, FR 103760, UND. BARRA ")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>5.200,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5882", "3921")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5882", " SUBSOLADOR, FR103223, UND. BARRA ")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5883", "3922")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5883", " SUBSOLADOR, FR103224, UND. BARRA ")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5921", "3927")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5921", "170 ROLAMENTOS DIVERSOS, S/FR, UND BARRA")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5933", "3930")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5933", " CABOS COBRE EM GERAL: ELÉTRCIOS, COMANDO, POTÊNCIA E SINAL DP, S/FR, UND BARRA ")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5861", "3938")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5861", " CARRETA DE SERVIÇOS DIVERSO FROTA FR103866, UND BARRA")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5857", "3940")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5857", " SUBSOLADOR FR103230, UND BARRA")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5744", "3941")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5744", " CARRETINHA COM ROLO HIDRO HOLL, UND BARRA")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>1.050,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5746", "3942")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5746", " BAÚ AZUL SERVIÇOS DIVERSOS, MEDIDAS APROX 2M X 1,80M, UND BARRA")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5940", "3943")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5940", " TANQUE DE FIBRA - PJ DE APROX 2 MIL LITROS, S/FR, UND BARRA")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5942", "3944")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5942", "TANQUE DE FIBRA DE APROX 8 ML LITROS, FR1627, PAT.065933, ESTRUTURA AMARELA, UND BARRA")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>2.850,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5856", "3946")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5856", " CARRETA DE SERVIÇOS DIVERSO FROTA FR103857, UND BARRA")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5855", "3948")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5855", " PEÇAS AUTOMOTIVA EM GERAL, S/FR, UND BARRA")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5748", "3949")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5748", " SEMI.REBOQUE RANDON  9,60 M, ANO 2002,  PLACA  DCG9421, UND BARRA")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>7.150,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5978", "3950")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5978", "SUCATA 10 TONELADAS ESTEIRA RODANTE, S/FR, UND BARRA ")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>5.100,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>0.01</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5858", "3951")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5858", " GRADE ARADORA DE 14 DISCOS, FR103115, IMOB221538-0, UND BARRA ")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>87</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>13.600,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5859", "3952")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5859", " GRADE LEVE COM 32 DISCOS, FR103175, IMOB221244, UND BARRA ")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>4.600,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5977", "3953")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5977", "SUCATA DE CAMINHÃO VW26-220 6X4 IMOB.84857, UND BARRA ")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>8.850,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5936", "4487")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5936", " JET AÇÚCAR, S/FR  UND COSTA PINTO")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5902", "4513")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5902", " BANCADA DE FERRO E BOMBA , S/FR, UND COSTA PINTO")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5903", "4514")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5903", " 30 UND. PARALAMAS NOVOS E USADOS QDA APROXIMADA, S/FR, UND COSTA PINTO")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5904", "4516")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5904", " 2 HIDRO ROLL, S/FR, UND COSTA PINTO")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5905", "4517")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5905", " REBOQUE RODOVIARIO, ANO 1987, PLACA BQF8806, FR56075, UND COSTA PINTO")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5906", "4518")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5906", " CARROCERIA SUCATA, PAT 058057, S/FR, UND COSTA PINTO")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5907", "4527")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5907", "CARROCERIA P/CAMINHÃO PLATAFORMA S/FR , S/FR, UND COSTA PINTO")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5715", "4531")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5715", " FORD F 1000, ANO 1989, PLACA CPL8966, S/FR, UND COSTA PINTO")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5714", "4532")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5714", " TURBINA, S/FR, UND COSTA PINTO")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5711", "4533")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5711", " BOMBA CENTRIFUGA VAZAO 420 M3H MCA 20, Nº IMOB. BAR2-181409-0, FR202902, UND COSTA PINTO")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5712", "4534")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5712", " FURADEIRA E PARAF. À BAT. C/ CARREG. E OUTROS, S/FR, UND COSTA PINTO")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>190,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5710", "4535")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5710", " TRANSFORMADOR TRIFASICO (À OLEO) 500 KVA, Nº IMOB. BAR2-135605-0, S/FR, UND COSTA PINTO")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>4.250,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5713", "4536")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5713", " S.REBOQUE TECTRAN 9,60 M - CANA INTEIRA, ANO1995, PLACA BKP3622, Nº IMOB. BAR2-157893-0, FR46786, UND COSTA PINTO ")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5716", "4537")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5716", " 1 TURBINA E 3 REDUTOR DE VELOCIDADE (Nº IMOB. BAR2-135547-0 / 135415-0, FR67350/67356, UND COSTA PINTO")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5718", "4538")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5718", " REBOQUE FNV 7,60 M - CANA INTEIRA, ANO 1981, PLACA BIE4006, BAR2-27104-0, FR46786, UND COSTA PINTO ")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5723", "4539")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5723", " 2 REDUTOR DE VELOCIDADE  HT 60, MARCA CESTARI, Nº IMOB. BAR2-182161-0/139756-0, FR57487/57490, UND COSTA PINTO")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5717", "4540")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5717", " CHEVROLET VECTRA, ANO 1998, PLACA CMG1448, S/FR, UND COSTA PINTO")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5752", "5494")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5752", " TANQUE, S/FR, UND BONFIM")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5753", "5497")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5753", " TANQUE, S/FR, UND BONFIM")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5756", "5498")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5756", " TANQUE, S/FR, UND BONFIM")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5755", "5499")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5755", " 2 MAQUINA  DE SOLDA, PAT.213699/213700, UND BONFIM")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5937", "5501")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5937", " PEÇAS DIVERSAS, VENDA POR LOTE, S/FR, LOC: UND BONFIM")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5758", "5502")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5758", " EQUIPAMENTOS DE LABORATÓRIO (PIPETAS DIVERSAS),  1 IMPESSORA,UND BONFIM")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5760", "5503")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5760", " ADIABÁTICO, 2 MOTORES DE 40CV 6POLOS, S/FR, UND BONFIM")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5759", "5504")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5759", " 2 ESTEIRA, S/FR, UND BONFIM")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5908", "8267")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5908", " JET AÇUCAR,S/FR, UND RAFARD")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5909", "8278")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5909", "EQUIPAMENTOS DE GINASTICA E OUTROS, S/FR, UND RAFARD")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5910", "8285")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5910", " CARRETA TORTA DE FILTRO, FRFR67069, UND RAFARD")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5721", "8302")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5721", " 2 BETONEIRA CONSTRUÇÃO, S/FR, UND RAFARD")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5724", "8306")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5724", " 2 BOMBA CENTRIFUGA , MARCA EQUIPE, Nº IMOB. BAR2-114823-0, FR66131, UND RAFARD")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5725", "8307")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5725", " 2 VALVULA AUTOMATICA ALIVIO, Nº IMOB. BAR2-117005-0, 81131, UND RAFARD")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5726", "8308")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5726", " PARTES DE VALVULAS, VENDA POR KILO ( 500 QTD APROX. KG), S/FR, UND RAFARD")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>0,33</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>0.01</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5728", "8309")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5728", " ESMERIL DE BANCADA C/ ESCOVA E BUCHA, S/FR, UND RAFARD")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5727", "8310")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5727", " 1 GARRA HIDRAULICA 7TON, MARCA MOTOCANA, Nº IMOB. BAR2-115269-0 , FR69504, UND RAFARD")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>1.150,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5730", "8311")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5730", " 1 GARRA HIDRAULICA 7TON, MARCA MOTOCANA, FR211052, UND RAFARD")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>1.450,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5729", "8312")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5729", "1 GARRA HIDRAULICA 7TON, MARCA MOTOCANA, FR69507, UND RAFARD")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5732", "9160")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5732", " TRATOR CASE MX 270 MAGNUM 4X4, ANO 2006, SERIÉ Z6CF13908, Nº IMOB. BAR2-94401-0, FR31038, UND SÃO FRANCISCO")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5731", "9161")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5731", " TRATOR VALMET 885 4X4 (COM CARREGADEIRA) ANO 1996, SERIÉ 08854T30349, Nº IMOB. BAR2-232171-0, FR63009, UND SÃO FRANCISCO")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>77</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5735", "9162")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5735", " CARRETA SERVIÇOS DIVERSOS, ANO 1999, FR38182, UND SÃO FRANCISCO")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5733", "9163")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5733", " 2 BEBEDOUROS E ISOPOR P/ PROTEÇÃO DE PEÇAS (150 UND. QTD APROX EM PÇ), FR40277, UND SÃO FRANCISCO")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5911", "11452")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5911", "2 FREEZERS HORIZONTAL, S/FR, UND SERRA")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5938", "11456")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5938", " 1 BALANÇA, GELADEIRAS INOX E OUTROS, S/FR, UND SERRA")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5912", "11458")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5912", " 2 FOGÃO,  4 E 6 BOCAS , 1 GELADEIRA, 1 LIQUIDIFICADOR, 1 ESPREMEDOR, S/FR, UND SERRA")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5886", "11481")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5886", " REBOQUE CORONA 7,60 M, ANO 1982, PLACA BKE6680, FR121280, UND. BONFIM ")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>1.350,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5885", "11484")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5885", " REBOQUE CAMAQ 7,50 M, ANO 1994, PLACA BKE4156, FR121209, UND. BONFIM ")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>1.350,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5934", "11486")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5934", " REBOQUE CORONA 7,50 M, ANO 1982, PLACA BKE6681, FR121379, UND. BONFIM ")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5887", "11490")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5887", " REBOQUE CORONA 7,60 M, ANO 1982, PLACA BKE6685, FR121369, UND. BONFIM ")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5888", "11491")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5888", " REBOQUE CAMAQ 7,50 M, ANO 1994, PLACA BKE4159, FR121196, UND. BONFIM ")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5889", "11493")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5889", " REBOQUE FACCHINI 7,50 M, ANO 1994, PLACA BKE4113, FR121163, UND. BONFIM ")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>1.350,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5884", "11496")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5884", " REBOQUE FACCHINI 7,50 M, ANO 1994, PLACA BKE4201, FR121176, UND. BONFIM ")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>1.350,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5913", "12111")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5913", " ENLEIRADEIRA, ANO 2009, FR134025, UND JUNQUEIRA")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5914", "12132")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5914", " CARRETA SERV. DIVERSOS, ANO 2006 FR 92702, UND JUNQUEIRA")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5915", "12152")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5915", " MÓVEIS, UTENSÍLIOS E DIVERSOS, S/FR UND JUNQUEIRA")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5890", "12230")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5890", " GERADOR PORTATIL 4T 2,8HP, FR92835,  UND JUNQUEIRA ")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5891", "12231")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5891", " CARRETA SERVIÇOS DIVERSOS, FR92717,  UND JUNQUEIRA ")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5892", "12232")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5892", " CARRETA SERVIÇOS DIVERSOS, FR92770, UND JUNQUEIRA ")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5894", "12237")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5894", " COBRIDOR 3 LIN DMB, FR92697,  UND JUNQUEIRA ")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5893", "12238")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5893", " TRANSBORDO SERMAG 8 T, FR123650,  UND JUNQUEIRA ")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5895", "12239")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5895", " TRANSBORDO SERMAG 8 T, FR135636,  UND JUNQUEIRA ")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5896", "12240")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5896", " TRANSBORDO SERMAG 8 T, FR123658,  UND JUNQUEIRA ")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5897", "12241")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5897", " CARRETA TORTA DE FILTRO, FR122907,  UND JUNQUEIRA ")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5920", "12242")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5920", "TRATOR JOHN DEERE E CARREGADEIRADEIRA, FR115537/118396, UND. JUNQUEIRA")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>21.250,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5916", "15221")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5916", " JET AÇÚCAR, S/FR, UND BOM RETIRO")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5923", "15242")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5923", " CAMINHÃO M.BENZ L 2213, ANO 1983, PLACA BQF8849, FR22052, UND BOM RETIRO")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5917", "15247")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5917", " 3 CUPULAS DO EVAPORADOR, S/FR, UND BOM RETIRO")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5918", "15248")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5918", " 1 BALANÇO INDUSTRIAL, 1 PRENSA CORTA CHAPA IBERSOL SÉRIE 6469513 45X619, S/FR UND, BOM RETIRO")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5736", "15256")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5736", " TRATOR FORD 6600,ANO 1981, SÉRIE V147986 , BAR2-129837-0FR139543, UND BOM RETIRO")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5734", "15257")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5734", " TRATOR FORD 6610 COM CARREGADEIRA, ANO 1988, SÉRIE U212640, Nº IMOB.BAR2-245079-0BAR2-129688-1, FR139543, UND BOM RETIRO")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5739", "15258")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5739", " TRATOR FORD 5610, ANO 1967, SÉRIE 9452150, Nº IMOB BAR2-129898-0, FR139530,")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5919", "16167")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5919", " TANQUE COMBUSTÍVEL, S/FR,  UND STª HELENA    ")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5738", "16183")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5738", " TANQUE DIESEL, Nº IMOB. BAR2-90486-0, FR 208253, UND SANTA HELENA")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5737", "16184")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5737", " TRANSBORDO SERMAG 8 T, ANO2000, Nº Nº IMOB. BAR2-241829-0, FR22708, UND SANTA HELENA")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5740", "16185")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5740", " TRANSBORDO SANTAL 12 T, ANO 2008, Nº IMOB. BAR2-249206-0, FR22720, UND SANTA HELENA")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>