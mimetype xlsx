--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,699 +269,615 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46805", "002")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46805", "[ RETIRADO ] VIBROACABADORA BARBER-GREENE SA35 . MARCA: BARBER-GREENE . MODELO:  SA35")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46812", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46812", " ROLO DE PNEUS DYNAPAC CP 27, ANO: 1994  . MARCA: DYNAPAC . MODELO:  CP-27 . ANO: 1994 ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46813", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46813", " COMPRESSOR INGERSSOL-RAND, HOR. 468619 . MARCA: INGERSOL-RAND")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>220.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46806", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46806", " CARRETA C/ MESA DE 6 M ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>220.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46815", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46815", " ROLO LISO MULLER T62H C/ TRANSMISSÃO HIDROSTÁTICA . MARCA: MULLER . MODELO:  T62H")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46817", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46817", "[ VEJA OS VÍDEOS ]  MOTONIVELADORA CAT 120B,  . MARCA: CATERPILLAR . MODELO:  CAT 120B . ANO: 1982 ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46808", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46808", " TRATOR DE ESTEIRA CAT D8H . MARCA: CATERPILLAR . MODELO:  CAT D8H . ANO: 1976 ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46810", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46810", " ROLO LISO DYNAPAC CG11 . MARCA: DYNAPAC . MODELO:  CG11 . ANO: 1988 ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46816", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46816", " ROLO LISO DYNAPAC CG11 . MARCA: DINAPAC . MODELO:  CG11 . ANO: 1988 ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46809", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46809", " ROLO LISO INCOMPLETO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46818", "013")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46818", " GUINDASTE S/ ESPECIFICAÇÕES,  . ANO: 1980 ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46807", "017")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46807", " ROLO COMPACTADOR MULLER TC18 . MARCA: MULLER . MODELO:  TC18 . ANO: 1987 ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46811", "019")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46811", " PÁ CARREGADEIRA YUAN SHAN XG 956 . MARCA: YUAN SHAN . MODELO:  XG 956 . ANO: 2012 ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>50.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46819", "023")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46819", " ESCAVADEIRA CAT 321D . MARCA: CATERPILLAR . MODELO:  CAT 321D . ANO: 2009 ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>105.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46820", "026")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46820", " ROLO DE PNEUS TT SP-8000 . MARCA: TEMA TERRA . MODELO:  TT SP-8.000 . ANO: 1982 ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46821", "027")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46821", " ROLO DE PNEUS TT SP-8000HD . MARCA: TEMA TERRA . MODELO:  TT SP-8.000 HD . ANO: 1985 ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46814", "029")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46814", "[ RETIRADO ]  ROLO COMPACTADOR DYNAPAC CA-25 . MARCA: DYNAPAC . MODELO:  CA-25 . ANO: 2002 ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>59.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46823", "030")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46823", " ESCAVADEIRA KOMATSU PC150 SE . MARCA: KOMATSU . MODELO:  PC 150 SE . ANO: 1998 ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46822", "031")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46822", "[ RETIRADO ] CAMINHÃO FORA DE ESTRADA RANDOM RK425  . MARCA: RANDOM . MODELO:  RK425 . ANO: 1992 ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46824", "032")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46824", "DRAGLINE MARCA HR")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...606 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46825", "033")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46825", "Rolo Muller Ap 35")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>