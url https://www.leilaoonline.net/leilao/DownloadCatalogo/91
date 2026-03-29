--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,2139 +269,1875 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5706", "12209")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5706", " INJETORA MARCA: ROMI, ANO: 2009, CAP. 150 TON., ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>35.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5705", "12210")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5705", " INJETORA MARCA: ROMI CONTROL MASTER, TGR, ANO: 2009, ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>35.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5708", "12211")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5708", " INJETORA  MARCA: ROMI, ANO: SIMILAR 718 (2000), ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>18.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5707", "12212")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5707", " INJETORA MARCA: FCS, ANO: 2000, CAP. 180 TON., ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>35.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5709", "12213")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5709", " INJETORA MARCA: FCS, ANO: 2000, CAP. 140 TON.,  ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>32.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5702", "12214")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5702", " INJETORA MARCA: BATTENFELD FERBAT, ANO: 1993, ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>9.750,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5703", "12215")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5703", " INJETORA MARCA: BATTENFELD FERBAT, ANO: 1994, ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>9.750,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6059", "12216")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6059", " INJETORA MARCA: HAITIAN, ANO: 2010, CAP. 160 TON., ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>51.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6061", "12217")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6061", " INJETORA MARCA: HAITIAN, ANO: 2010, CAP. 160 TON., ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>52.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6058", "12218")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6058", " INJETORA MARCA: HAITIAN, ANO: 2009, CAP. 120 TON., ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>35.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6060", "12219")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6060", " INJETORA  MARCA: HAITIAN, ANO: 2009, CAP. 90 TON., ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5690", "12220")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5690", " PRENSA Nº 27  MARCA: MAHNKE, ANO: SIMILAR 59 (1988), ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5694", "12221")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5694", " PRENSA Nº 62:  MARCA: CHIN FONG, ANO: 2006, PRENSA ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>130.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5696", "12222")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5696", " PRENSA Nº 92: MARCA: CHIN FONG,  ANO: 2010, PRENSA ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5697", "12223")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5697", " PRENSA Nº 84: CAP. 110 TON., ANO: 2009, PRENSA ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>42.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5691", "12224")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5691", " PRENSA Nº 59 MARCA: MAHNKE, ANO: 1988, TIPO H-60T, ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>23.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5693", "12225")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5693", " PRENSA Nº 38: MARCA: TESTA, ANO: SIMILAR 54 (1986), ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>35.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5688", "12226")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5688", " PRENSA Nº 60 MARCA: MAHNKE, ANO: 1988, TIPO H-150T, ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>56.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5692", "12227")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5692", " PRENSA Nº 118 MARCA: JUNDIAÍ, ANO: 2005, TIPO H-300T, ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>145.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5689", "12228")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5689", " PRENSA Nº 51, MARCA: MAHNKE, ANO: 1990, TIPO H-250T, ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5695", "12229")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5695", " PRENSA Nº 42: MARCA: MAHNKE, ANO: 1994, TIPO C-135T, ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>41.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5588", "12244")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5588", " PRENSA FINE BLANK 320T 500X500, ANO 2008, MARACA SCHIMID, ÁREA 2001  ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>743.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5583", "12245")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5583", " FURADEIRA CORDENADA, 400X800, ANO APROX. 1995, HECKERT, ARÉA 2001   ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>46.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5581", "12246")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5581", " ELETRO EROSÃO A FIO CHARMILLES PAT.0618, ANO 1997, 290P ")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5585", "12247")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5585", " EROSÃO A PENETRAÇÃO CHARMILLES, ANO 1998, HD8")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>25.250,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5626", "12248")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5626", " EROSÃO A PENETRAÇÃO ENGEMAQ, ANO 1992, CNA40")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>29.250,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5630", "12249")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5630", " RETIFICA PLANA FERDIMAT, ANO 2005, T31")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>6.750,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5627", "12250")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5627", " PRENSA EXCENTR. nº 9 TIPO C-60T MANUAL 900X520, ANO 2009, MARCA CHING FONG ÁREA 1007")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>43.250,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5629", "12251")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5629", " PRENSA EXCENTR. TIPO C-80T MANUAL 1000X600, ANO 2010, MARCA CHING FONG ÁREA 1007")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>59.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5628", "12252")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5628", " PRENSA EXCENTR. TIPO C-80T MANUAL 1000X600, ANO 2009, MARCA CHING FONG ÁREA 1007")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>59.500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5631", "12253")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5631", " PRENSA EXCENTR. TIPO C-110T MANUAL 1150X680, ANO 2009, MARCA CHING FONG ÁREA 1007")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>73.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5633", "12254")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5633", " C-60T MOD PD 700X500, ANO 1973, MARCA SCHULER, ÁREA 1005")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>43.500,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5632", "12255")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5632", " TORNO AUTOMÁTICO A-25, ANO 1993, MARCA TRAUB, Nº MAQ. 809, ÁREA 5001")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>10.750,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5635", "12256")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5635", " TORNO AUTOMÁTICO A-25, ANO 1993, MARCA TRAUB, Nº MAQ. 810, ÁREA 5001")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>10.550,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5636", "12257")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5636", " TORNO AUTOMÁTICO A-25, ANO 1988, MARCA TRAUB, Nº MAQ. 811, ÁREA 5001")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>9.150,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5637", "12258")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5637", " TORNO AUTOMÁTICO A-25, ANO 1991, MARCA TRAUB, Nº MAQ. 812, ÁREA 5001")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>9.750,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5634", "12259")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5634", " TORNO AUTOMÁTICO A-25, ANO 1993, MARCA TRAUB, Nº MAQ. 813, ÁREA 5001")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>10.850,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5638", "12260")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5638", " TORNO AUTOMÁTICO A-25, ANO 1993, MARCA TRAUB, Nº MAQ. 814, ÁREA 5001")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>10.850,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5640", "12261")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5640", " TORNO AUTOMÁTICO A-25, ANO 1993, MARCA TRAUB, Nº MAQ. 815, ÁREA 5001")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>10.850,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5639", "12262")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5639", " TORNO AUTOMÁTICO A-25, ANO 1993, MARCA TRAUB, Nº MAQ. 816, ÁREA 5001")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>10.850,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5642", "12263")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5642", " TORNO AUTOMÁTICO A-25, ANO 1993, MARCA TRAUB, Nº MAQ. 817, ÁREA 5001")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>10.850,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5641", "12264")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5641", " TORNO AUTOMÁTICO TD-26, ANO 1991, MARCA TRAUB, Nº MAQ. 818, ÁREA 5001")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>9.750,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5643", "12265")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5643", " C-85T 900X730, ANO 1995, MAQ. Nº 79, MARCA MAHNKE, ÁREA 1007")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>48.500,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5644", "12266")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5644", " C-45T 700X480, ANO 1989, MAQ. Nº62,  MARCA JUNDIAI. ÁREA 1008")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>32.500,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5645", "12267")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5645", " C-110T 1150X680, ANO 2008, MAQ. Nº 131, MARCA SEYI. ÁREA 1007")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>75.500,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5647", "12268")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5647", " C-165T 100X790, ANO 1994, MAQ. Nº 75, MARCA MAHNKE, ÁREA 1007")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>81.500,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5646", "12269")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5646", " C-165T 100X790, ANO 1986, MAQ. Nº 74, MARCA MAHNKE, ÁREA 1007")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>81.500,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5649", "12270")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5649", " C-135T 1000X740, ANO 1994, MAQ. Nº 36, MARCA MAHNKE, ÁREA 1005")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>81.500,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5648", "12271")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5648", " C-85T 900X730 , MAQ. Nº 16, ANO SIMILAR 75 (1994), MARCA FRANLIX,ÁREA 1005")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>54.500,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5650", "12272")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5650", " GERADOR CUMMINS Nº 1 -  440 KVA, ANO 2002, MARCA CUMMINS (CABEÇOTE EM MANUTENÇÃO)")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>67.500,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5652", "12273")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5652", " GERADOR CUMMINS Nº 2 - 440 KVA, ANO 2002, MARCA CUMMINS ")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>67.500,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5651", "12274")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5651", " EMPILHADEIRA 4 T HYSTER, ANO1988")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5655", "12275")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5655", " EMPILHADEIRA 2,5 T HYSTER, ANO N/INF.")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>6.950,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5653", "12276")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5653", " MÁQUINA PARA ENSAIO DE TRAÇÃO, MARCA KRATHOS, MOD. PANTEC 3000, ")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5654", "12277")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5654", " MÁQUINA PARA ENSAIO DE TRAÇÃO, MARCA PANAMBRA, MOD. PANTEC 10.000(VERSAT), ")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5656", "12278")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5656", " MÁQUINA PARA ENSAIO DE EMBUTIMENTO, MARCA ERICHSEN ROELL KORLHAUS, MOD. 81, ")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>10.750,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5657", "12279")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5657", " CAMARA DE SALT-SPRAY, MARCA BASS, USC-MP")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>17.250,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5659", "12280")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5659", " CORTADORA METALOGRAFICA, MARCA TECLAGO, CM 40")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5658", "12281")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5658", " POLITRIZ METALOGRAFICA, MARCA TECLAGO, PL 01")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>2.150,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5661", "12282")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5661", " EMBUTIDOR, MARCA RISITEC, EM 40")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>2.150,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5662", "12283")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5662", " DURÔMETRO, MARCA HOYTON, MINOR 715 SUPERFICIE(15N;30N;45N;15T;30T;45Y),")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>6.450,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5660", "12284")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5660", " DURÔMETRO, MARCA WOLPERT,OTTO WOLPERT MICTOVICKERS HV 0250,HV10,")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>8.650,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5663", "12285")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5663", " DURÔMETRO, MARCA PANTEC RBS M (DIGITAL), ( RAMBOLD) PROFUNDIDADE HRA;HRB;HRC;HR15N;HR30N;HR45N;HR15THR30T;HR45T")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>7.550,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5665", "12286")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5665", " DURÔMETRO, MARCA WILSON, PROFUNDIDADE HRA;HRB;HRC, ")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>6.450,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5666", "12287")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5666", " PROJETOR, MARCA NIKON AMPLIAÇÃO PROJETOR:10,20,50, V12 50X50")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5667", "12288")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5667", " POLITRIZ, MARCA RISITEC, PLRII")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>