--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,315 +269,279 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47547", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47547", "Nissan Sentra 2.0S Flex 2009/2009 Automático - placa final 3")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47548", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47548", "FIAT FIORINO HARD WORK E 1.4 FLEX  2018/2018 - placa final 4")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...10 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47549", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47549", "FIAT FIORINO HARD WORK E 1.4 FLEX 2018/2018 - placa final 6")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
+      <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...10 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47540", "101")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47540", "Lote com: 300 Motores WEG 1/4 de cv - Usados")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47541", "102")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47541", "Lote com: 300 Motores WEG 1/4 de cv - Usados")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47542", "103")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47542", "Lote com: 300 Motores WEG 1/4 de cv - Usados ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47543", "104")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47543", "Lote com: 100 uni. compressor embraco 220V")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...36 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...25 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47544", "105")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47544", "Lote com: 100 uni. compressor embraco 220V")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...94 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47545", "106")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47545", "Lote com: 100 uni. compressor embraco 220V")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>