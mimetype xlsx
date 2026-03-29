--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,891 +269,783 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47678", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47678", " VENDA POR KILO, 100 TONELADAS DE CANTONEIRA - carregamento por conta da empresa vendedora")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47675", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47675", " VENDA POR KILO, 100 TONELADAS DE CANTONEIRA - carregamento por conta da empresa vendedora")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1,30</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47806", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47806", " veja o vídeo - clique na 1ª foto - ESCAVADEIRA LIEBHERR 942, ANO 1999 - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47674", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47674", " VENDA POR KILO, 100 TONELADAS DE CANTONEIRA - carregamento por conta da empresa vendedora")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1,30</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47673", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47673", "VENDA POR KILO, 100 TONELADAS DE CANTONEIRA - carregamento por conta da empresa vendedora")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1,30</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47819", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47819", "10 MAQUINAS DE SOLDA ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>5.150,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47667", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47667", "VENDA POR KILO, 100 TONELADAS DE CANTONEIRA - carregamento por conta da empresa vendedora")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1,30</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47682", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47682", " VENDA POR KILO, 100 TONELADAS DE CANTONEIRA - carregamento por conta da empresa vendedora")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1,30</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47668", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47668", "VENDA POR KILO, 100 TONELADAS DE CANTONEIRA - carregamento por conta da empresa vendedora")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1,30</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47679", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47679", "VENDA POR KILO, 100 TONELADAS DE CANTONEIRA - carregamento por conta da empresa vendedora")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1,30</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47671", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47671", "VENDA POR KILO, 100 TONELADAS DE CANTONEIRA - carregamento por conta da empresa vendedora")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1,30</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47684", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47684", "VENDA POR KILO, 100 TONELADAS DE CANTONEIRA - carregamento por conta da empresa vendedora")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1,30</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47683", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47683", " VENDA POR KILO, 100 TONELADAS DE CANTONEIRA - carregamento por conta da empresa vendedora")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1,30</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47681", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47681", "VENDA POR KILO, 100 TONELADAS DE CANTONEIRA - carregamento por conta da empresa vendedora")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1,30</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47687", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47687", "VENDA POR KILO, 100 TONELADAS DE CANTONEIRA - carregamento por conta da empresa vendedora")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1,30</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47677", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47677", "VENDA POR KILO, 100 TONELADAS DE CANTONEIRA - carregamento por conta da empresa vendedora")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1,30</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47685", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47685", "VENDA POR KILO, 100 TONELADAS DE CANTONEIRA - carregamento por conta da empresa vendedora")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1,30</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47663", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47663", "VENDA POR KILO, 100 TONELADAS DE CANTONEIRA - carregamento por conta da empresa vendedora")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1,30</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47686", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47686", " VENDA POR KILO, 100 TONELADAS DE CANTONEIRA - carregamento por conta da empresa vendedora")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1,30</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47669", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47669", "VENDA POR KILO, 100 TONELADAS DE CANTONEIRA - carregamento por conta da empresa vendedora")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1,30</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47672", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47672", "VENDA POR KILO, 100 TONELADAS DE CANTONEIRA - carregamento por conta da empresa vendedora")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1,30</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47664", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47664", "VENDA POR KILO, 100 TONELADAS DE CANTONEIRA - carregamento por conta da empresa vendedora")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1,30</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47666", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47666", "VENDA POR KILO, 100 TONELADAS DE CANTONEIRA - carregamento por conta da empresa vendedora")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1,30</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47665", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47665", "VENDA POR KILO, 100 TONELADAS DE CANTONEIRA - carregamento por conta da empresa vendedora")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1,30</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47680", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47680", "VENDA POR KILO, 100 TONELADAS DE CANTONEIRA - carregamento por conta da empresa vendedora")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1,30</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47670", "027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47670", "VENDA POR KILO, 100 TONELADAS DE CANTONEIRA - carregamento por conta da empresa vendedora")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
         <is>
           <t>1,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...798 lines deleted...]
-      </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47676", "028")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47676", "VENDA POR KILO, 100 TONELADAS DE CANTONEIRA - carregamento por conta da empresa vendedora")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>1,30</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>