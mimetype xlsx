--- v0 (2026-02-11)
+++ v1 (2026-03-29)
@@ -269,1083 +269,951 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47852", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47852", " Empilhadeira hidráulica manual M Palestrans mod LM - 1016 - 1 ton. -elev. Máx 1600MM")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47871", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47871", " Prateleira porta Palete 16 posições - 03 montantes 3.500x990x75x65 mm 12 longarinas 5 garras 2.690 x 110x 40mm ( Somente prateleira) ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47873", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47873", " Lote com: 14 extintores de incêndio 4.5kg e 05 bases p/ extintores")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47872", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47872", " Escada tipo plataforma - 8 degraus 3200x2300x720mm")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47874", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47874", " Empacotadora Auto. P/ grãos e pó INDUMAK ECGD - comand. Oper. INOVA INV-3 - Acompanha Alimentador vibrtaório e esteira motorizada")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47881", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47881", " Prateleira porta Palete 16 posições - 03 montantes 3.500x990x75x65 mm 12 longarinas 5 garras 2.690 x 110x 40mm")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47879", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47879", " Túnel de encolhimento a vapor STEAM SHRINK SZZ-IA - boca 200mm - c/ esteira transportador tipo talisca em aço inox 6.000x80mm")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47884", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47884", " Desmineralizador de água em fibra PERMUTION - composto por 02 tanques agitadores 250 L e 05 filtros ( vazios)")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47876", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47876", " Lote com: 04 motobombas centrífugas  JACUZZI/DANCOR - 1cv WEG - 1 filtro de areia para piscina")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47875", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47875", " Prensa Peletizadora p/ Ração XAVANTES - 150kg/h - 12W - 7,5cv")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47877", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47877", " Furadeira de bancada CORFEMETA - Acompanha bancada metálica")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47878", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47878", " Mesa giratória Indexadora pneumática 4 posições FESTO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47880", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47880", " Caixa d'água Cilíndrica vertical em fibra - c/ pés 5m³")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47866", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47866", " Lote com: Bebedouro refrigerado tipo garrafão BEGEL STILLE, 01 forno elétrico LAR LUXO 240W , 01 microondas CCE 200C e 02 cestos para fritadeira ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47869", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47869", " Lote com: 03 formas quadradas p/ Picolé  65ml")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47868", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47868", " Lote com: 03 extratores p/ forma de picolé 28 furos e 01 posicionador de palitos")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47863", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47863", " Máquina de costura industrial BROTHER ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47855", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47855", " Impressora codificador INK JET WILLET 43S - necessita de reparos")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47861", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47861", " PEUGEOT 206 1.6 16V 2008 FLEX  PL.FINAL 6")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47862", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47862", " PARATI 1.6 2011/2012 FLEX PLACA FINAL 8")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47867", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47867", " 02 uni. Cintas de térmicas para tambor PALLEY AD102 3.5 220v")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47857", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47857", " Seladora Confetec MOD PSB 220v")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47858", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47858", " Lote com: 10 carrinhos para transporte de tambor tipo tartaruga 600mm circunf. Com 4 rodízios giratórios")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47856", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47856", " 20 uni. Pallets de plástico 40x48 pol. ( 1 x 1,20m)")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47859", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47859", " Liquidificador 10 litros POLI METALÚRGICA SIEMEN LS-10MB 127/220v 0.5cv")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47864", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47864", " Chocadeira IP70 PREMIUM ecológica 127v")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47865", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47865", " Cervejeira FRICON 550L 127v")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47853", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47853", " Lote com: 02 uni. Condicionadores de ar SPRINGLER JANELA")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47860", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47860", " Filtro de manga 5m e 20m de tubulação (s/motor)")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47870", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47870", " 03 uni. Quadro de força semi-montado")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47854", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47854", " Lote com: 03 uni. Máquina de lavar sendo 02 electrolux e 01 sem marca aparente")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47882", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47882", " Envasadora AMPLIMARTIC 8 Bicos")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
+      <c r="D42" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...68 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...830 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47883", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47883", " Fogão Industrial 4 Bocas com forno")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>