--- v0 (2026-02-12)
+++ v1 (2026-03-29)
@@ -269,16411 +269,14363 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47901", "002")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47901", " Equipamentos odontológicos")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47900", "004")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47900", " Máquina Rodochoco Universal 102C230 2 cubas 220V - Funcionando")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47904", "006")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47904", " Broca Bosch 57cm - Sem uso")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47906", "007")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47906", " Lote com: 17 retroprojetores - Funcionando ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47915", "011")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47915", " Máquina de tricô Serv Mak")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47918", "012")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47918", " Videogame Atari 3600 Junior - funcionando")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47923", "013")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47923", " Imagesetter Linotronic 330 ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47899", "014")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47899", " Desfibrilador Cardíaco - EMAI - Mod. DX10Plus")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47916", "015")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47916", " Estação de tratamendo DPS 40 digital")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47903", "016")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47903", " Geladeira Frigidere - Funcionando ( 143 x 67 x 62 cm) ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48688", "019")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48688", " Faqueiro Italiano  em Metal Filetado A ouro com maleta ( 70 pçs.)")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47911", "022")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47911", " Máquina de secar Brastemp - Funcionando ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47912", "023")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47912", " Máquina de Moer carne - Funcionando")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47910", "024")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47910", " Lote com: 34 uni. Máquina de fazer cachos profissional Babylis")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47908", "025")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47908", " Lipo aspirador Alcap Med ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47909", "028")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47909", " Relógio de mesa em madeira Nobre ( 27 x 53 x 15)")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47905", "029")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47905", " Relógio Tissot PRC 200 Automático T0554301605700 - Suíço ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47898", "031")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47898", " Mesa/Maca Ginecológica - Funcionando")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47907", "033")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47907", " Lote com: 35 uni. Mangueiras de incêndio  tipo 2 ( 2.1/2 x 15m)  - Napoli, ribeirão das neves - MG")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47902", "034")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47902", " Protetor de chumbo hospitalar móvel ( 181 x 57 cm - espessura 2.5) ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47917", "035")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47917", " Videogame Atari - funcionando ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47913", "036")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47913", " Philips Respironics")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47919", "039")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47919", " Lote com: Duas Rodas de alumínio")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47921", "046")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47921", " Coleção de Lps ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47925", "047")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47925", " Lava Louças Electrolux - funcionando")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47929", "048")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47929", " Lote com: 10 enceradeiras - Funcionando")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47924", "050")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47924", " Lote com: 2 uni. aparelhos de passar roupa portátil, 1 uni. ferro de passar e 1 uni. Aspirador de pó")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47936", "051")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47936", " Lote com: Apróx. 1.840 Cds Variados")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47922", "052")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47922", " Lote com: Apróx. 90 Parafusos para rede elétrica")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47927", "053")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47927", " Lote com: 2 uni. Máquina de tricô e crochê ( Singer e Brother )")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47926", "055")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47926", " Pati Bike ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47937", "056")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47937", " Gravador de Rolo Pioneer RT/ 707 ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47920", "057")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47920", " Video cassette Recorder JVC HR-3300U - Japones ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47930", "058")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47930", " Game Power Chip - Funcionando ( acompanha cabos, mouse e teclado)")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47928", "059")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47928", " Tape de Rolo AKAI Modelo 400D ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47935", "060")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47935", " Lote com: 3 calculadoras Antigas Cássio")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47934", "061")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47934", " Coleção de carrinhos super racers ( 12 carrinhos )")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47932", "062")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47932", " Apple iMac antigo - Funcionando.")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47938", "063")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47938", " Coleção Carrinhos superior Racers ( 12 carrinhos)")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47931", "066")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47931", " Carrinho Os Simpsons 2001 com som e falas ( 24x10x14 cm)")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47940", "067")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47940", " Lote com: Apróx. 425 DVDs , 47 Blu-ray, 39 Box e 32 Jogos para PC")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47939", "069")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47939", " Lote com: Apróx. 26 máquinas de escrever e 3 mimiográfos ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47943", "070")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47943", " Lote com: 2 uni. Máquina de tricô e crochê ( Lanofix e Elgin )")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47941", "073")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47941", " Lote com: 3 máquinas de trico e crochê ( Lanofix, Elgin e Singer)")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47942", "074")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47942", " Mesa de Sinuca Bruwsuisk ( 2.80 x 1.52 m - desmontada)")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47945", "075")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47945", " Boneca Antiga Mãezinha - falta bebê ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47944", "076")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47944", " Coleção de gravações de programas antigos de tv aberta anos 70 e 80 ( filmes telejornais programas de tv seriados)")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47946", "077")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47946", " Coleção de Apróx. 2.000 livros ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.650,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47949", "084")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47949", " Esteira R2 - Não ligando")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47952", "086")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47952", " Lote com: Peças e quadro em alumínio de bicicleta")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47960", "089")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47960", " Lote com: 41 uni. Telefones , 5 uni. Modens e 33 uni. Bobinas de fax")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47954", "091")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47954", " Lote com 8 impressoras matriciais")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47955", "092")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47955", " Boneca estrela")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47950", "093")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47950", " Boneca estrela")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47958", "098")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47958", " Jogo de 4 uni. Calotas de chevrolet Opala")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48691", "102")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48691", " Faca gaúcha")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47959", "106")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47959", " Candelabro 3 velas em metal ( 25x 33cm)")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48690", "109")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48690", " Rechaud retangular de metal banhado a prata ( 25x 38 x 26 cm)")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47956", "111")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47956", " Cabine UV para unha")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47953", "114")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47953", " Lote com 7 porta copos em vidro")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47948", "115")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47948", " Projetor Sankyo super 8 Sound 700 com 1 carretel")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48689", "116")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48689", " Centro de mesa em prata 90 ( 55 x 18 cm) ")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47961", "120")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47961", " Revólver de espoleta - Zar Colt em metal e plástico")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47957", "121")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47957", " Projetor Eumig Mark s 807 ")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47951", "122")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47951", " Babá eletrônica KidShine - umidificador infantil Techline - Massageador Pessoal MI - 3000")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48695", "123")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48695", " Relógio despertador de máquina à corda BW em caixa de joaninha")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48692", "125")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48692", " Centro de mesa em prata 90 ( 5 x 26 x 17 cm)")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47967", "126")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47967", " Aparelho de ultrassom compact ")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47969", "127")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47969", " Estátua importada de resina ( 37cm)")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48694", "131")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48694", " Aparelho de café em metal espessurado a prata. ")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47984", "132")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47984", " Luminária de mesa em porcelana")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47971", "133")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47971", " Luminária de móvel anos 50/60 em Resina ( 43cm)")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47963", "134")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47963", " Luminária italiana em resina ( 73cm)")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47980", "138")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47980", " Loud - css - Speaker selector")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47975", "139")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47975", " Faca gaúcha")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47978", "141")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47978", " Lote com: Apróx. 199 zípers vários tipos e tamanhos")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47973", "143")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47973", " Videogame portátil Grande Prix Racing - funcionando ( raridade)")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47979", "144")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47979", " Projetor Sanyo PLC-200PM - Funcionando")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47972", "145")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47972", " Toca disco Gradiente Garrand S-125")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47970", "147")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47970", "  Mega drive Sega")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47965", "148")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47965", " Lote com 6 jogos originais play station 2")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47968", "149")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47968", " Coleção Bonecos Ufc ( 25 bonecos 19cm altura)")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47962", "150")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47962", " Videogame wii com acessórios jogo guitar hero ")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47964", "151")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47964", " Carrinho musical estrela ")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47989", "152")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47989", " Trenzinho ")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47986", "153")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47986", " Videogame Portátil  ")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47974", "154")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47974", " Brinquedo casa da Barbie dos sonhos")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47966", "156")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47966", " Lote com: 3 relógios de bolso de metal ")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48693", "157")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48693", " Bule em metal espessurado à prata DAREL BERRD ( 20cm)")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47981", "158")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47981", " Duplicador de "Slite Ohnar Zoom Reverser Japan", 16x8x,6,5cm ")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47982", "159")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47982", " Lente Tamron 35-135mm 1:3.5-4.2 ")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47985", "160")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47985", " Antiga câmera fotográfica Nikon N2020 - AF, com lente AF Nikkor 50mm e case em couro ")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47977", "163")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47977", " Escultura em resina ( 64 x 15 x 15) - Rio de janeiro - RJ")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47990", "164")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47990", " Castiçal em metal espessurado para 5 velas ( 36 x 32 x 34 cm) - RIO DE JANEIRO - RJ")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47987", "165")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47987", " Lente MINOLTA MC TELE ROKKOR - PE, 1:4.5, 200mm,")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47991", "166")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47991", " Relógio masculino TOMMY HILFIGER water proof, 100% aço preto")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47976", "167")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47976", " LENTE CANON MADE IN JAPAN PARA MÁQUINA FOTOGRÁFICA 100-200mm 1:5.6 S.C")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48696", "169")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48696", " Lote com: 3 bules de coleção em metal espessurado à prata")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47983", "170")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47983", " Câmera fotográfica Pentax, modelo ZX-10, 35 mm com objetiva 35-80 mm.")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47993", "171")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47993", " Paliteiro Espessurado à prata ( 17cm)")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47992", "172")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47992", " Câmera fotográfica Pentax, modelo ZX-10, 35 mm com objetiva 35-80 mm.")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48698", "175")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48698", " Travessa funda em metal espessurado a prata, fabricação Meridional e Sheffield")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47996", "176")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47996", " Enciclopédia Britannia Great Books of the Western World, publicada pela Encyclopedia Britannia, Inc., Chicago, 1952. Encadernação de luxo com 49 volumes")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47994", "177")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47994", " Lente TAMRON macro 80-200mm, 18cm")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47988", "178")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47988", " Câmera japonesa da marca sony Cyber-shot modelo dsc f828 . Falta bateria. Acompanha carregador e case")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48697", "180")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48697", " TÊTE-A-TÊTE - Em metal e banho em prata, composto de bule, leiteira, açucareiro e bandeja.Total 4(quatro)Peças")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47995", "181")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47995", " PHILCO, TELEJOGO - Antigo vídeo game executados em madeira, metal e plástico. Anos 70")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47998", "182")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47998", " FAMILY GAME - Antigo vídeo game com dois controles acondicionados em caixa de papelão original. Acompanham 2 cartuchos e cabo de energia")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48002", "183")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48002", " lote com: 3 garrafas de vinho português ( lacradas) ")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48005", "187")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48005", " Lente para Máquina fotográfica AUS JENA ( 23x13cm)")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48007", "188")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48007", " Lente Soligor Japonesa com case")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48001", "189")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48001", " Câmera fotográfica CARENA SX300 Com estojo e manual ")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48700", "190")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48700", " Vaso em metal espessurado a prata ( 27cm)")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48699", "191")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48699", " Conjunto de Saleiro, pimenteiro e pimenta em grãos em metal espessurado a prata ")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48000", "192")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48000", " Máquina fotográfica Canon EOS 500 ( 9 x 13 x 14 cm) ")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48006", "193")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48006", " Máquina de preencher cheque - Check - pronto ")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47997", "194")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47997", " Lente Tamron for pentax ")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47999", "195")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/47999", " Philips respironics")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48004", "197")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48004", " Máquina Zenith 122k Com lente disparador flash e bolsa")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48003", "198")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48003", " Gear VR com controle")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48008", "203")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48008", "Corrente fechada ( 32cm)")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48009", "206")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48009", "lote com: + 400 cards de campeonato de futebol italiano")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48010", "209")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48010", "Par de Bules em prata 90 ( 18 x 13 cm) - Sheffield")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48011", "210")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48011", "Par de mini jarras em prata 90 (15 x16cm) - Original Wellner")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48012", "211")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48012", "Par de jarras em prata 90 ( 16 x 16 cm) - Sheffield")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48013", "212")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48013", "Par de bules em prata 90 ( 17 x 18cm) - Sheffield")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48014", "213")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48014", "Jarra em Prata 90 ( 22 x23 cm) ")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48015", "214")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48015", "Relógio Manoel Bernardes")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48016", "215")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48016", "Par de remos")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48017", "216")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48017", "Lote com: 30 conjuntos de calça e blusão - vários modelos e tamanhos ")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48018", "217")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48018", "Relógio Mido Automatic Multifort")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48019", "218")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48019", "Lote com: Rádios, toca fitas, grampeadors, tvs antigas, projetores ( 150 itens)")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48020", "219")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48020", "Lote com: 70 petecas sem uso")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48021", "221")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48021", "Lote com: máquina de moer carne, rolo de filmes, plástico e utensílios ")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48022", "223")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48022", "Lote com: Máquinas registradoras, celulares, gravador, máquina fotográfica, picador de papel, projetor ( 26 itens)")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48023", "224")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48023", "Lote com: 3 filmadoras antigas ")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48024", "225")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48024", "Luminária de mesa antiga banhada a prata déc. 80")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48025", "226")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48025", "Lote com: Cds curso de montagem, livros e fitas de idiomas ")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48026", "227")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48026", "Coleção de cartões telefônicos - Apróx 2.500 cartões ")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48027", "228")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48027", "Lote com 14 janelas ")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48028", "229")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48028", "Lote com: 12 sacos de areia para gatos")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48029", "230")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48029", "Vaso e bidê Déc 80")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48030", "231")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48030", "Lote com: 5 uni. Bandeja de inox. ( 55 x 33 cm) ")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48031", "233")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48031", "Mini tv Symphinic ")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48032", "234")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48032", "Plataforma vibratória ")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48033", "235")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48033", "Tv Mitsubishi com controle remoto ")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48034", "236")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48034", "Antiga tv colorida Telefunken ")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48035", "237")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48035", "Antiga tv Philco Deluxe 17 ")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48036", "238")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48036", "Tv antiga Semp Toshiba Max ")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48037", "239")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48037", "Tv antiga Philips ")</f>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48038", "240")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48038", "Tv antiga Silver point japan ")</f>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F161" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48039", "241")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48039", "Tv antiga Sharp ")</f>
+      </c>
+      <c r="C162" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D162" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F162" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48040", "242")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48040", "Tv antiga Philips ")</f>
+      </c>
+      <c r="C163" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D163" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F163" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48041", "243")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48041", "Tv antiga Philco Ford ")</f>
+      </c>
+      <c r="C164" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D164" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F164" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48042", "244")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48042", "Tv Antiga Semp Toshiba Max collor ")</f>
+      </c>
+      <c r="C165" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D165" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F165" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48043", "245")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48043", "Lote com: 22 gravadores de DVD ")</f>
+      </c>
+      <c r="C166" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D166" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F166" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48044", "246")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48044", "Lote com 2 uni. Abajur ")</f>
+      </c>
+      <c r="C167" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D167" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F167" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48045", "247")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48045", "Kit laringoscópio c/ 3 Lâminas missouri com lanterna ")</f>
+      </c>
+      <c r="C168" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D168" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F168" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48046", "248")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48046", "Kit para café - 7 peças ")</f>
+      </c>
+      <c r="C169" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D169" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F169" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48047", "249")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48047", "Panela de pressão 5 litros meridional alumnox 18/10")</f>
+      </c>
+      <c r="C170" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D170" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F170" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48048", "250")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48048", "Boneco fofão ( 60cm) ")</f>
+      </c>
+      <c r="C171" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D171" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F171" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48049", "251")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48049", "Lote com: facas, porta mantientos, vasilhas ( 170 itens) ")</f>
+      </c>
+      <c r="C172" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D172" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E172" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F172" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48050", "253")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48050", "Ferro Industrial Á Vapor Takara 110v ")</f>
+      </c>
+      <c r="C173" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D173" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F173" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48051", "254")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48051", "Conjunto para cama de casal importado")</f>
+      </c>
+      <c r="C174" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D174" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F174" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48114", "255")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48114", " Cadeira odontológica ")</f>
+      </c>
+      <c r="C175" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D175" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E175" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F175" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48123", "256")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48123", " Cadeira odontológica ")</f>
+      </c>
+      <c r="C176" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D176" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E176" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F176" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48127", "257")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48127", " Cadeira odontológica ")</f>
+      </c>
+      <c r="C177" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D177" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E177" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F177" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48124", "258")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48124", " Cadeira odontológica ")</f>
+      </c>
+      <c r="C178" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D178" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E178" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F178" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48119", "259")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48119", " Cadeira odontológica ")</f>
+      </c>
+      <c r="C179" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D179" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F179" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48118", "260")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48118", " Cadeira odontológica ")</f>
+      </c>
+      <c r="C180" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D180" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E180" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F180" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48112", "261")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48112", " Cadeira odontológica ")</f>
+      </c>
+      <c r="C181" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D181" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E181" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F181" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48122", "262")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48122", " Cadeira odontológica ")</f>
+      </c>
+      <c r="C182" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D182" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E182" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F182" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48120", "263")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48120", " Cadeira odontológica ")</f>
+      </c>
+      <c r="C183" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D183" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E183" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F183" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48125", "264")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48125", " Cadeira odontológica ")</f>
+      </c>
+      <c r="C184" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D184" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E184" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F184" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48126", "265")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48126", " Cadeira odontológica ")</f>
+      </c>
+      <c r="C185" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D185" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E185" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F185" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48128", "266")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48128", " Cadeira odontológica ")</f>
+      </c>
+      <c r="C186" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D186" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E186" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F186" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48110", "267")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48110", " Lote com: 1020 linhas e 214 linhas Anchor")</f>
+      </c>
+      <c r="C187" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D187" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E187" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F187" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48116", "268")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48116", " Relógio déc. 80 em metal Branco - funcionando")</f>
+      </c>
+      <c r="C188" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D188" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E188" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F188" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48117", "269")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48117", " Adaga Chinesa em metal , detalhes dourados, lâmina em aço - 26cm")</f>
+      </c>
+      <c r="C189" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D189" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E189" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F189" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48115", "270")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48115", " Galheteiro - 5 pçs.")</f>
+      </c>
+      <c r="C190" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D190" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E190" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F190" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48111", "271")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48111", " Licoreira em cristal Baccarat - séc XIX - 26cm altura")</f>
+      </c>
+      <c r="C191" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D191" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E191" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F191" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48121", "272")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48121", " Incensário de dragão ( 24 x 8 x 9 cm) ")</f>
+      </c>
+      <c r="C192" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D192" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E192" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F192" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48113", "273")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48113", " Escultura em metal cromado - 11 cm")</f>
+      </c>
+      <c r="C193" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D193" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E193" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F193" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
+      <c r="A194" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48130", "274")</f>
+      </c>
+      <c r="B194" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48130", " Lote com: 10 balanças ")</f>
+      </c>
+      <c r="C194" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D194" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E194" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F194" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
+      <c r="A195" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48129", "275")</f>
+      </c>
+      <c r="B195" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48129", " Lote com: Estufa, balanças de precisão e equipamentos para laboratório")</f>
+      </c>
+      <c r="C195" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D195" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E195" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F195" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
+      <c r="A196" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48131", "276")</f>
+      </c>
+      <c r="B196" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48131", " Galheteiro em metal espessurado a prata, guarnição em prata 90 - EBERLE")</f>
+      </c>
+      <c r="C196" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D196" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E196" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F196" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
+      <c r="A197" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48132", "277")</f>
+      </c>
+      <c r="B197" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48132", " Lote com: 15 balanças diversas")</f>
+      </c>
+      <c r="C197" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D197" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E197" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F197" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
+      <c r="A198" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48141", "278")</f>
+      </c>
+      <c r="B198" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48141", " Castiçais em vidro soprado - 40 cm")</f>
+      </c>
+      <c r="C198" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D198" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E198" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F198" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
+      <c r="A199" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48142", "279")</f>
+      </c>
+      <c r="B199" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48142", " Lote com: 15 balanças diversas")</f>
+      </c>
+      <c r="C199" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D199" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E199" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F199" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
+      <c r="A200" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48140", "280")</f>
+      </c>
+      <c r="B200" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48140", " Taças de pé Alto para vinho - importadas - vidro - 6 uni. ( 10 x 6.5cm)")</f>
+      </c>
+      <c r="C200" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D200" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E200" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F200" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
+      <c r="A201" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48138", "281")</f>
+      </c>
+      <c r="B201" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48138", " Taças de pé Alto para vinho - importadas - vidro - 5 uni. ( 10 x 6.5cm)")</f>
+      </c>
+      <c r="C201" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D201" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E201" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F201" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
+      <c r="A202" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48139", "282")</f>
+      </c>
+      <c r="B202" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48139", " Taças de pé Alto para vinho - importadas - vidro - 6 uni. ( 10 x 6.5cm)")</f>
+      </c>
+      <c r="C202" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D202" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E202" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F202" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
+      <c r="A203" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48133", "283")</f>
+      </c>
+      <c r="B203" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48133", " Faqueiro com 130 peças ")</f>
+      </c>
+      <c r="C203" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D203" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E203" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F203" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
+      <c r="A204" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48146", "284")</f>
+      </c>
+      <c r="B204" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48146", " Lote com: 15 balanças diversas")</f>
+      </c>
+      <c r="C204" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D204" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E204" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F204" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
+      <c r="A205" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48145", "285")</f>
+      </c>
+      <c r="B205" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48145", " Bule e leiteira em metal espessurado a prata ")</f>
+      </c>
+      <c r="C205" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D205" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E205" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F205" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
+      <c r="A206" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48147", "286")</f>
+      </c>
+      <c r="B206" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48147", " Lote com: Caixas de som, video cassetes, toca fitas - etc.")</f>
+      </c>
+      <c r="C206" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D206" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E206" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F206" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
+      <c r="A207" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48148", "287")</f>
+      </c>
+      <c r="B207" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48148", " Jogo de chá e café - 5 peças - Prata Wolff")</f>
+      </c>
+      <c r="C207" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D207" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E207" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F207" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
+      <c r="A208" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48149", "288")</f>
+      </c>
+      <c r="B208" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48149", " Lote com: 15 balanças diversas")</f>
+      </c>
+      <c r="C208" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D208" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E208" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F208" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
+      <c r="A209" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48150", "289")</f>
+      </c>
+      <c r="B209" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48150", " Licoreira em metal espessurado a prata - 8 cálices - ( 16 x 24cm)")</f>
+      </c>
+      <c r="C209" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D209" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E209" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A15" s="5" t="inlineStr">
+      <c r="F209" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
+      <c r="A210" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48151", "290")</f>
+      </c>
+      <c r="B210" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48151", " Lote com: 2 uni. Teclados ( Yamaha e Roland ) ")</f>
+      </c>
+      <c r="C210" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D210" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E210" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F210" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
+      <c r="A211" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48152", "291")</f>
+      </c>
+      <c r="B211" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48152", " Ânfora francesa - Séc XIX em ferro - decoração em fios de ouro - Alça em metal")</f>
+      </c>
+      <c r="C211" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D211" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E211" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F211" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
+      <c r="A212" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48153", "292")</f>
+      </c>
+      <c r="B212" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48153", " Filtro em porcelana Nerina Louveira - 50 cm")</f>
+      </c>
+      <c r="C212" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D212" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E212" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F212" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
+      <c r="A213" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48154", "293")</f>
+      </c>
+      <c r="B213" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48154", " Filtro de porcelana - 43 cm")</f>
+      </c>
+      <c r="C213" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D213" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E213" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F213" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
+      <c r="A214" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48165", "294")</f>
+      </c>
+      <c r="B214" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48165", " Filtro em porcelana -22 cm")</f>
+      </c>
+      <c r="C214" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D214" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E214" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F214" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
+      <c r="A215" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48156", "295")</f>
+      </c>
+      <c r="B215" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48156", " Filtro em porcelana - 53 Cm - Déc 70.")</f>
+      </c>
+      <c r="C215" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D215" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E215" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F215" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
+      <c r="A216" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48167", "296")</f>
+      </c>
+      <c r="B216" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48167", " Relógio de mesa Antigo - completo em madeira - ( 42 x 24 x 14cm)")</f>
+      </c>
+      <c r="C216" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D216" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E216" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F216" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
+      <c r="A217" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48171", "297")</f>
+      </c>
+      <c r="B217" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48171", " Ânfora em porcelana - Pé e boca em metal ( 27 x10 cm) ")</f>
+      </c>
+      <c r="C217" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D217" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E217" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F217" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
+      <c r="A218" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48173", "298")</f>
+      </c>
+      <c r="B218" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48173", " Terrina e travessa espessurada a prata Wolff - Alças e pega em bronse , vasilha em vidro ( 37cm)")</f>
+      </c>
+      <c r="C218" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D218" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E218" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F218" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
+      <c r="A219" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48174", "299")</f>
+      </c>
+      <c r="B219" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48174", " Lote com: 4 máquinas de lavar louças ")</f>
+      </c>
+      <c r="C219" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D219" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E219" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F219" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
+      <c r="A220" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48169", "300")</f>
+      </c>
+      <c r="B220" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48169", " Conjunto com duas travessas e uma vasilha espessurado a prata - meridional ( 27 x 23 cm) ")</f>
+      </c>
+      <c r="C220" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D220" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E220" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F220" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
+      <c r="A221" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48160", "301")</f>
+      </c>
+      <c r="B221" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48160", " Lote com: 4 máquinas de lavar louças ")</f>
+      </c>
+      <c r="C221" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D221" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E221" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F221" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
+      <c r="A222" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48166", "302")</f>
+      </c>
+      <c r="B222" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48166", " Jogo espessurado a prata Pegas em madeira torneado ( 18cm)")</f>
+      </c>
+      <c r="C222" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D222" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E222" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F222" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
+      <c r="A223" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48164", "303")</f>
+      </c>
+      <c r="B223" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48164", " Lote com: Receives, vídeo cassetes, caixa para microfone - etc")</f>
+      </c>
+      <c r="C223" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D223" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E223" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F223" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
+      <c r="A224" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48163", "304")</f>
+      </c>
+      <c r="B224" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48163", " Lote com 70 pçs. Mantegueira, porta copos - espessurado a prata ")</f>
+      </c>
+      <c r="C224" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D224" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E224" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F224" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
+      <c r="A225" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48161", "305")</f>
+      </c>
+      <c r="B225" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48161", " Lote com: 2 uni. Máquina de lavar e 2 lava louças")</f>
+      </c>
+      <c r="C225" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D225" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E225" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F225" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
+      <c r="A226" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48170", "306")</f>
+      </c>
+      <c r="B226" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48170", " Lote com: 2 uni. Castiçais espessurado a prata (18.5cm) e 1 uni porta guardanapo em metal (15cm) ")</f>
+      </c>
+      <c r="C226" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D226" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E226" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F226" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
+      <c r="A227" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48162", "307")</f>
+      </c>
+      <c r="B227" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48162", " Adaga em metal ( 20cm) ")</f>
+      </c>
+      <c r="C227" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D227" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E227" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F227" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
+      <c r="A228" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48157", "308")</f>
+      </c>
+      <c r="B228" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48157", " Lote com: Aparelhos de som, receives, video cassete, toca cds, karaoke")</f>
+      </c>
+      <c r="C228" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D228" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E228" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F228" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
+      <c r="A229" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48168", "309")</f>
+      </c>
+      <c r="B229" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48168", " Samovar Russo esmaltado em metal ( 37 x 27 cm)")</f>
+      </c>
+      <c r="C229" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D229" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E229" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F229" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
+      <c r="A230" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48155", "310")</f>
+      </c>
+      <c r="B230" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48155", " Lote com: Estufa e aparelhos odontológicos")</f>
+      </c>
+      <c r="C230" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D230" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E230" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F230" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
+      <c r="A231" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48172", "311")</f>
+      </c>
+      <c r="B231" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48172", " Medalhão em metal espessurado a prata ( 19.5 cm diam.)")</f>
+      </c>
+      <c r="C231" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D231" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E231" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F231" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
+      <c r="A232" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48159", "312")</f>
+      </c>
+      <c r="B232" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48159", " Lote com: 4 máquinas de lavar louças ")</f>
+      </c>
+      <c r="C232" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D232" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E232" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F232" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
+      <c r="A233" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48158", "313")</f>
+      </c>
+      <c r="B233" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48158", " Luminária em metal espessurado a prata ( 47 x 13 x 13 cm) ")</f>
+      </c>
+      <c r="C233" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D233" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E233" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F233" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
+      <c r="A234" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48176", "314")</f>
+      </c>
+      <c r="B234" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48176", " 2 uni. Biblias antigas - 1 com medalhão em bronze")</f>
+      </c>
+      <c r="C234" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D234" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E234" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F234" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
+      <c r="A235" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48179", "315")</f>
+      </c>
+      <c r="B235" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48179", " Sopeira em metal espessurada a prata ( 33 x 16 cm) ")</f>
+      </c>
+      <c r="C235" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D235" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E235" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F235" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
+      <c r="A236" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48178", "316")</f>
+      </c>
+      <c r="B236" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48178", " Coleçao de bonecas Barbie, princesa, etc. 100 uni. ")</f>
+      </c>
+      <c r="C236" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D236" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E236" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F236" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
+      <c r="A237" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48177", "317")</f>
+      </c>
+      <c r="B237" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48177", " Relógio de parede - norte americano sécul XX - madeira maciça ( 55 x 30cm)")</f>
+      </c>
+      <c r="C237" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D237" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E237" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F237" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
+      <c r="A238" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48180", "318")</f>
+      </c>
+      <c r="B238" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48180", " Coleçao de bonecas Barbie, princesa, etc. 100 uni. ")</f>
+      </c>
+      <c r="C238" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D238" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E238" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F238" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
+      <c r="A239" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48181", "319")</f>
+      </c>
+      <c r="B239" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48181", " Lote com: 2 vasos importados em porcelana ")</f>
+      </c>
+      <c r="C239" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D239" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E239" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F239" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
+      <c r="A240" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48175", "320")</f>
+      </c>
+      <c r="B240" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48175", " Coleção de bonecos max steel, marvel, etc - 50 uni.")</f>
+      </c>
+      <c r="C240" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D240" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E240" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F240" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
+      <c r="A241" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48182", "321")</f>
+      </c>
+      <c r="B241" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48182", " Licoreira quadrangular em cristal - Lapidada ( 24.5cm) ")</f>
+      </c>
+      <c r="C241" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D241" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E241" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F241" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
+      <c r="A242" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48183", "322")</f>
+      </c>
+      <c r="B242" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48183", " Coleção de bonecas Barbie, princesas, etc - 100 uni.")</f>
+      </c>
+      <c r="C242" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D242" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E242" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F242" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
+      <c r="A243" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48184", "323")</f>
+      </c>
+      <c r="B243" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48184", " Pratos de bambu importados do japão - déc 80 - ( Maior 28cm - menor 16 cm) ")</f>
+      </c>
+      <c r="C243" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D243" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E243" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F243" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
+      <c r="A244" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48185", "324")</f>
+      </c>
+      <c r="B244" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48185", " Coleção de bonecos max steel, marvel, etc - 50 uni.")</f>
+      </c>
+      <c r="C244" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D244" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E244" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F244" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
+      <c r="A245" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48186", "325")</f>
+      </c>
+      <c r="B245" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48186", " Vaso importado - base em madeira clara - 17cm alt vaso - 15.5cm alt. Base")</f>
+      </c>
+      <c r="C245" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D245" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E245" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F245" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
+      <c r="A246" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48188", "326")</f>
+      </c>
+      <c r="B246" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48188", " Coleção de bonecas Barbie, princesas, etc - 77 uni.   acessórios ")</f>
+      </c>
+      <c r="C246" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D246" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E246" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F246" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
+      <c r="A247" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48187", "327")</f>
+      </c>
+      <c r="B247" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48187", " Jarra com bacia em metal espessurado a prata - Argentino  (16 x 18.5 cm -jarra e 26.5 x6 cm prato)")</f>
+      </c>
+      <c r="C247" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D247" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E247" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F247" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
+      <c r="A248" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48189", "328")</f>
+      </c>
+      <c r="B248" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48189", " Coleção bonecas monster high   acessórios - 81 bonecas")</f>
+      </c>
+      <c r="C248" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D248" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E248" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F248" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
+      <c r="A249" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48191", "329")</f>
+      </c>
+      <c r="B249" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48191", " Relógiode mesa ferradura em bronze ( 19.5 x 16.5 x 8 cm - 3.3 kg)")</f>
+      </c>
+      <c r="C249" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D249" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E249" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F249" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
+      <c r="A250" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48190", "330")</f>
+      </c>
+      <c r="B250" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48190", " Coleção de bonecas Barbie, princesas, etc. - 100 uni.")</f>
+      </c>
+      <c r="C250" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D250" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E250" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F250" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
+      <c r="A251" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48192", "331")</f>
+      </c>
+      <c r="B251" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48192", " Medalhão holandês - ( 30.5 cm)")</f>
+      </c>
+      <c r="C251" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D251" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E251" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F251" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
+      <c r="A252" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48193", "332")</f>
+      </c>
+      <c r="B252" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48193", " Lote com: videogames, peças, acessórios - 110 itens")</f>
+      </c>
+      <c r="C252" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D252" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E252" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F252" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
+      <c r="A253" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48195", "333")</f>
+      </c>
+      <c r="B253" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48195", " Vaso em porcelana - ( 27.5 cm) ")</f>
+      </c>
+      <c r="C253" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D253" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E253" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F253" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
+      <c r="A254" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48194", "334")</f>
+      </c>
+      <c r="B254" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48194", " Jogos de tabuleiro ")</f>
+      </c>
+      <c r="C254" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D254" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E254" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F254" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
+      <c r="A255" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48196", "335")</f>
+      </c>
+      <c r="B255" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48196", " Licoreira em cristal Europeu - ( 29cm)")</f>
+      </c>
+      <c r="C255" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D255" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E255" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F255" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
+      <c r="A256" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48197", "336")</f>
+      </c>
+      <c r="B256" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48197", " Lote com: Brinquedos diversos")</f>
+      </c>
+      <c r="C256" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D256" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E256" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F256" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
+      <c r="A257" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48198", "337")</f>
+      </c>
+      <c r="B257" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48198", " Medalhão asiático em metal dourado ( 45cm diam.) ")</f>
+      </c>
+      <c r="C257" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D257" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E257" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F257" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
+      <c r="A258" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48199", "338")</f>
+      </c>
+      <c r="B258" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48199", " Lote com: Brinquedos diversos")</f>
+      </c>
+      <c r="C258" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D258" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E258" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F258" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
+      <c r="A259" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48200", "339")</f>
+      </c>
+      <c r="B259" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48200", " Prato importado em porcelana chinesa ( 31cm) ")</f>
+      </c>
+      <c r="C259" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D259" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E259" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F259" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
+      <c r="A260" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48201", "340")</f>
+      </c>
+      <c r="B260" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48201", " Lote com: Brinquedos diversos")</f>
+      </c>
+      <c r="C260" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D260" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E260" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F260" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
+      <c r="A261" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48202", "341")</f>
+      </c>
+      <c r="B261" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48202", " Telefone antigo - ( 35cm) ")</f>
+      </c>
+      <c r="C261" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D261" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E261" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F261" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
+      <c r="A262" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48204", "342")</f>
+      </c>
+      <c r="B262" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48204", " Lote com: 170 lps ")</f>
+      </c>
+      <c r="C262" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D262" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E262" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F262" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
+      <c r="A263" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48203", "343")</f>
+      </c>
+      <c r="B263" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48203", " Centro de mesa em metal prateado ( 24 x 10 cm) ")</f>
+      </c>
+      <c r="C263" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D263" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E263" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F263" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
+      <c r="A264" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48205", "344")</f>
+      </c>
+      <c r="B264" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48205", " Lote com: jogos diversos ")</f>
+      </c>
+      <c r="C264" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D264" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E264" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F264" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
+      <c r="A265" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48206", "345")</f>
+      </c>
+      <c r="B265" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48206", " Par de castiçais em metal dourado ( 23cm) ")</f>
+      </c>
+      <c r="C265" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D265" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E265" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F265" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
+      <c r="A266" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48207", "346")</f>
+      </c>
+      <c r="B266" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48207", " Lote com: Brinquedos diversos")</f>
+      </c>
+      <c r="C266" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D266" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E266" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F266" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
+      <c r="A267" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48208", "347")</f>
+      </c>
+      <c r="B267" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48208", " Escultura de elefante em metal com madrepérola ( 19 x 23cm)")</f>
+      </c>
+      <c r="C267" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D267" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E267" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F267" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
+      <c r="A268" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48211", "348")</f>
+      </c>
+      <c r="B268" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48211", " Lote com: 160 lps")</f>
+      </c>
+      <c r="C268" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D268" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E268" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F268" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
+      <c r="A269" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48210", "349")</f>
+      </c>
+      <c r="B269" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48210", " Legumeira em metal espessurado a prata ( 10 x 28cm) ")</f>
+      </c>
+      <c r="C269" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D269" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E269" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F269" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
+      <c r="A270" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48209", "350")</f>
+      </c>
+      <c r="B270" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48209", " Lote com: 187 LPs")</f>
+      </c>
+      <c r="C270" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D270" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E270" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F270" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
+      <c r="A271" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48213", "351")</f>
+      </c>
+      <c r="B271" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48213", " Centro de mesa ( 53 x 18 cm)")</f>
+      </c>
+      <c r="C271" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D271" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E271" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F271" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
+      <c r="A272" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48212", "352")</f>
+      </c>
+      <c r="B272" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48212", " Lote com: 2 revell antigos de montar ")</f>
+      </c>
+      <c r="C272" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D272" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E272" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F272" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
+      <c r="A273" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48214", "353")</f>
+      </c>
+      <c r="B273" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48214", " Escultura galos de briga em bronze e em metal prateado ( 18 x 27 x 17cm e 12 x19 x16 cm) ")</f>
+      </c>
+      <c r="C273" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D273" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E273" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F273" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
+      <c r="A274" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48217", "354")</f>
+      </c>
+      <c r="B274" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48217", " Piano antigo Hering ")</f>
+      </c>
+      <c r="C274" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D274" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E274" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F274" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
+      <c r="A275" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48216", "355")</f>
+      </c>
+      <c r="B275" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48216", " Medalhão de parede em metal dourado - (32cm) ")</f>
+      </c>
+      <c r="C275" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D275" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E275" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F275" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
+      <c r="A276" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48215", "356")</f>
+      </c>
+      <c r="B276" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48215", " Lote com: 100 uni. Facas em inox ")</f>
+      </c>
+      <c r="C276" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D276" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E276" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F276" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
+      <c r="A277" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48218", "357")</f>
+      </c>
+      <c r="B277" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48218", " Lote com: 100 uni. Garfos em inox ")</f>
+      </c>
+      <c r="C277" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D277" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E277" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F277" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
+      <c r="A278" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48221", "358")</f>
+      </c>
+      <c r="B278" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48221", " Lote com: 100 uni. Facas em inox ")</f>
+      </c>
+      <c r="C278" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D278" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E278" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F278" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
+      <c r="A279" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48220", "359")</f>
+      </c>
+      <c r="B279" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48220", " Lote com: 77 colheres, 9 garfos, 01 concha , 31 facas e 1 tesoura para cortes")</f>
+      </c>
+      <c r="C279" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D279" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E279" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F279" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
+      <c r="A280" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48219", "360")</f>
+      </c>
+      <c r="B280" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48219", " Lote com: 100 facas e 1. tesoura")</f>
+      </c>
+      <c r="C280" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D280" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E280" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F280" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
+      <c r="A281" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48223", "361")</f>
+      </c>
+      <c r="B281" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48223", " Bandeja em metal decorado ( 45 x 30 cm) ")</f>
+      </c>
+      <c r="C281" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D281" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E281" s="5" t="inlineStr">
+        <is>
+          <t>230,00</t>
+        </is>
+      </c>
+      <c r="F281" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
+      <c r="A282" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48222", "362")</f>
+      </c>
+      <c r="B282" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48222", " Lote com: 100 facas em inox. (apenas as facas) ")</f>
+      </c>
+      <c r="C282" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D282" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E282" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F282" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
+      <c r="A283" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48224", "363")</f>
+      </c>
+      <c r="B283" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48224", " Balança antiga déc. 80 para 5 kg - pratos em metal ( 49x 22cm) ")</f>
+      </c>
+      <c r="C283" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D283" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E283" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F283" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
+      <c r="A284" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48225", "364")</f>
+      </c>
+      <c r="B284" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48225", " Lote com: 100 facas em inox ")</f>
+      </c>
+      <c r="C284" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D284" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E284" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F284" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
+      <c r="A285" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48227", "365")</f>
+      </c>
+      <c r="B285" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48227", " Fruteira espessurada a prata -Melhor da exposição  Mundial IV Cenario 5 de novembro de 1965 - Premio Grapette ( 33cm) ")</f>
+      </c>
+      <c r="C285" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D285" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E285" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F285" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
+      <c r="A286" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48226", "366")</f>
+      </c>
+      <c r="B286" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48226", " Lote com: Brinquedos diversos")</f>
+      </c>
+      <c r="C286" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D286" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E286" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F286" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
+      <c r="A287" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48229", "367")</f>
+      </c>
+      <c r="B287" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48229", " Vasos em bronze importados da índia - séc. XX ( 30 x 9 cm) ")</f>
+      </c>
+      <c r="C287" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D287" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E287" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F287" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
+      <c r="A288" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48228", "368")</f>
+      </c>
+      <c r="B288" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48228", " Lote com: Botão para costura e acessórios ")</f>
+      </c>
+      <c r="C288" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D288" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E288" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F288" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
+      <c r="A289" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48230", "369")</f>
+      </c>
+      <c r="B289" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48230", " Faqueiro 80 pçs. Em inox dourado")</f>
+      </c>
+      <c r="C289" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D289" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E289" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F289" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
+      <c r="A290" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48231", "370")</f>
+      </c>
+      <c r="B290" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48231", " Lote com: Conchas de oceano, diversos tamanhos - 20 itens. ")</f>
+      </c>
+      <c r="C290" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D290" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E290" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F290" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
+      <c r="A291" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48233", "371")</f>
+      </c>
+      <c r="B291" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48233", " Escultura cão galgo - ferro forjado - 72 cm - apróx. 70kg")</f>
+      </c>
+      <c r="C291" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D291" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E291" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F291" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
+      <c r="A292" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48235", "372")</f>
+      </c>
+      <c r="B292" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48235", " Boneco gnomo raridade - 26cm")</f>
+      </c>
+      <c r="C292" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D292" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E292" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F292" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
+      <c r="A293" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48234", "373")</f>
+      </c>
+      <c r="B293" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48234", " Jogo de chá banhado a prata - EBERLE ")</f>
+      </c>
+      <c r="C293" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D293" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E293" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F293" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
+      <c r="A294" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48236", "374")</f>
+      </c>
+      <c r="B294" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48236", " Coleção livros mestre da pintuda editora abril - 39 uni.")</f>
+      </c>
+      <c r="C294" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D294" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E294" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F294" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
+      <c r="A295" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48237", "375")</f>
+      </c>
+      <c r="B295" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48237", " Licoreira com taças em vidrão bico de jaca - 25.5 cm jarra - 10cm copo")</f>
+      </c>
+      <c r="C295" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D295" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E295" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F295" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
+      <c r="A296" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48238", "376")</f>
+      </c>
+      <c r="B296" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48238", " Tv Symphonic - raridade - Sem cabo")</f>
+      </c>
+      <c r="C296" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D296" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E296" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F296" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
+      <c r="A297" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48239", "377")</f>
+      </c>
+      <c r="B297" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48239", " Pilão de madeira com socador - ( 25 x 22cm) - socador - 32cm")</f>
+      </c>
+      <c r="C297" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D297" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E297" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F297" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
+      <c r="A298" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48240", "378")</f>
+      </c>
+      <c r="B298" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48240", " Cabine UV para unhas de gel e acry gel")</f>
+      </c>
+      <c r="C298" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D298" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E298" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F298" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
+      <c r="A299" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48232", "379")</f>
+      </c>
+      <c r="B299" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48232", " Relógio de parede Tagus Sincro - elétrico ( 36cm)")</f>
+      </c>
+      <c r="C299" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D299" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E299" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F299" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
+      <c r="A300" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48241", "380")</f>
+      </c>
+      <c r="B300" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48241", " Coleção - 50 anos de histórias do Mundo - 3 volumes ")</f>
+      </c>
+      <c r="C300" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D300" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E300" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F300" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
+      <c r="A301" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48242", "381")</f>
+      </c>
+      <c r="B301" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48242", " Bandeja com 6 copos em metal pressurizada ( 24cm) ")</f>
+      </c>
+      <c r="C301" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D301" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E301" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F301" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
+      <c r="A302" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48243", "382")</f>
+      </c>
+      <c r="B302" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48243", " Livros Don Quijote de La Mancha - 2 uni. - Raridade")</f>
+      </c>
+      <c r="C302" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D302" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E302" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F302" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
+      <c r="A303" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48134", "383")</f>
+      </c>
+      <c r="B303" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48134", " Escultura de galos de briga em alumínio - ( 24x 24x 20cm)")</f>
+      </c>
+      <c r="C303" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D303" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E303" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F303" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
+      <c r="A304" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48135", "384")</f>
+      </c>
+      <c r="B304" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48135", " Coleção Livros Pedro Calmon - História do Brasil - 7 volumes")</f>
+      </c>
+      <c r="C304" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D304" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E304" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F304" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
+      <c r="A305" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48143", "385")</f>
+      </c>
+      <c r="B305" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48143", " Relógio de parede em madeira - Máquina quartz ( 53 x 78 cm) ")</f>
+      </c>
+      <c r="C305" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D305" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E305" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F305" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
+      <c r="A306" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48136", "386")</f>
+      </c>
+      <c r="B306" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48136", " Luvas de boxe")</f>
+      </c>
+      <c r="C306" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D306" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E306" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F306" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
+      <c r="A307" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48137", "387")</f>
+      </c>
+      <c r="B307" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48137", " Máquinas de costura Elgin ")</f>
+      </c>
+      <c r="C307" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D307" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E307" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F307" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
+      <c r="A308" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48144", "388")</f>
+      </c>
+      <c r="B308" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48144", " Fascículos os grandes do Jazz - 46 volumes.")</f>
+      </c>
+      <c r="C308" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D308" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E308" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F308" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
+      <c r="A309" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48633", "389")</f>
+      </c>
+      <c r="B309" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48633", " Lote com: Apróx. 2.800 gibis - colecionador")</f>
+      </c>
+      <c r="C309" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D309" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E309" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F309" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="310">
+      <c r="A310" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48635", "390")</f>
+      </c>
+      <c r="B310" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48635", " Boneca Jasmine, em fibra e espuma ( 176 x 62 x 52 cm) ")</f>
+      </c>
+      <c r="C310" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D310" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E310" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F310" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
+      <c r="A311" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48631", "391")</f>
+      </c>
+      <c r="B311" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48631", " Lote com: 150 gibis - Tex editora Vecchi ")</f>
+      </c>
+      <c r="C311" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D311" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E311" s="5" t="inlineStr">
+        <is>
+          <t>2.150,00</t>
+        </is>
+      </c>
+      <c r="F311" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
+      <c r="A312" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48632", "392")</f>
+      </c>
+      <c r="B312" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48632", " Relógio Cuco em madeira, plástico duro e metal - ( 54x 24 x 14 cm)")</f>
+      </c>
+      <c r="C312" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D312" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E312" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F312" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="313">
+      <c r="A313" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48630", "393")</f>
+      </c>
+      <c r="B313" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48630", " Lote com: 30 edições de gibis - TEX editora Riográfica - (04, 18, 166 a 182 e 185 a 201) ")</f>
+      </c>
+      <c r="C313" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D313" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E313" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F313" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
+      <c r="A314" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48634", "394")</f>
+      </c>
+      <c r="B314" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48634", " Baixela de café com 3 peças em inox Fracalanza ")</f>
+      </c>
+      <c r="C314" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D314" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E314" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F314" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
+      <c r="A315" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48638", "395")</f>
+      </c>
+      <c r="B315" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48638", " Lote com: 47 gibis TEX - 47 edições Globo ( 140 a 143, 207 a 254) e 3 edições Riográfica (204 a 206)")</f>
+      </c>
+      <c r="C315" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D315" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E315" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F315" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
+      <c r="A316" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48641", "396")</f>
+      </c>
+      <c r="B316" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48641", " Lote com: 3 esculturas em bronze de origem árabe")</f>
+      </c>
+      <c r="C316" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D316" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E316" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F316" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
+      <c r="A317" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48637", "397")</f>
+      </c>
+      <c r="B317" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48637", " Lote com: 220 gibis TEX editora Mythos")</f>
+      </c>
+      <c r="C317" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D317" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E317" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F317" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="318">
+      <c r="A318" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48639", "398")</f>
+      </c>
+      <c r="B318" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48639", " Lote com: 243 mangás, gibis, animes.")</f>
+      </c>
+      <c r="C318" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D318" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E318" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F318" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="319">
+      <c r="A319" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48643", "399")</f>
+      </c>
+      <c r="B319" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48643", " Peças para relógio carrilhão para restauros")</f>
+      </c>
+      <c r="C319" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D319" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E319" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F319" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
+      <c r="A320" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48636", "400")</f>
+      </c>
+      <c r="B320" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48636", " Centro de mesa em metal Espessurado a prata ( 15x43 cm)")</f>
+      </c>
+      <c r="C320" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D320" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E320" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F320" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="321">
+      <c r="A321" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48640", "401")</f>
+      </c>
+      <c r="B321" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48640", " Paliteiro em metal banhado de prata - (23,5cm)")</f>
+      </c>
+      <c r="C321" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D321" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E321" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F321" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="322">
+      <c r="A322" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48642", "402")</f>
+      </c>
+      <c r="B322" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48642", " Lote com: 2 monitores - funcionando")</f>
+      </c>
+      <c r="C322" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D322" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E322" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F322" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="323">
+      <c r="A323" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48644", "403")</f>
+      </c>
+      <c r="B323" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48644", " Balança de precisão, coluna braços e bandeja em metal, com pesos. ( 50 x 53.5 x 28cm)")</f>
+      </c>
+      <c r="C323" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D323" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E323" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F323" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="324">
+      <c r="A324" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48645", "404")</f>
+      </c>
+      <c r="B324" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48645", " Lote com: brinquedos e bonecas antigas - estrela ")</f>
+      </c>
+      <c r="C324" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D324" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E324" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F324" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="325">
+      <c r="A325" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48650", "405")</f>
+      </c>
+      <c r="B325" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48650", " Jogo em Metal Branco - 9 peças")</f>
+      </c>
+      <c r="C325" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D325" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E325" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F325" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="326">
+      <c r="A326" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48646", "406")</f>
+      </c>
+      <c r="B326" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48646", " Brinquedos antigos ")</f>
+      </c>
+      <c r="C326" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D326" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E326" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F326" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="327">
+      <c r="A327" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48647", "407")</f>
+      </c>
+      <c r="B327" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48647", " Tabaqueira em bronze e metal branco - cão buldogue, reclinável ( 24.5 x 22 x 16.5 cm) ")</f>
+      </c>
+      <c r="C327" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D327" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E327" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F327" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="328">
+      <c r="A328" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48651", "408")</f>
+      </c>
+      <c r="B328" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48651", " Fitas cassete novas - 28 uni.")</f>
+      </c>
+      <c r="C328" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D328" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E328" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F328" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="329">
+      <c r="A329" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48648", "409")</f>
+      </c>
+      <c r="B329" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48648", " Centro de mesa importado em porcelana - centro com medalhão (14.5cm alt. 22.2 cm diam.)")</f>
+      </c>
+      <c r="C329" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D329" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E329" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F329" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="330">
+      <c r="A330" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48649", "410")</f>
+      </c>
+      <c r="B330" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48649", " Boneca grande e boneca média ")</f>
+      </c>
+      <c r="C330" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D330" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E330" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F330" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
+      <c r="A331" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48652", "411")</f>
+      </c>
+      <c r="B331" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48652", " Medalhão em metal (39 cm)")</f>
+      </c>
+      <c r="C331" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D331" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E331" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F331" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="332">
+      <c r="A332" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48654", "412")</f>
+      </c>
+      <c r="B332" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48654", " Jogo para chá e café , porcelana brasileira - 64 peças")</f>
+      </c>
+      <c r="C332" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D332" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E332" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F332" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="333">
+      <c r="A333" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48656", "413")</f>
+      </c>
+      <c r="B333" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48656", " Lote com: 3 Pratos diversos - (maior 26cm)")</f>
+      </c>
+      <c r="C333" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D333" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E333" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F333" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="334">
+      <c r="A334" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48653", "414")</f>
+      </c>
+      <c r="B334" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48653", " Relógio tipo 8 de madeira nobre - (42 x 23cm)")</f>
+      </c>
+      <c r="C334" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D334" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E334" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F334" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="335">
+      <c r="A335" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48655", "415")</f>
+      </c>
+      <c r="B335" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48655", " Crucifixo em Marfim - único no Brasil - Europe - ( 39 x 19cm)")</f>
+      </c>
+      <c r="C335" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D335" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E335" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F335" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="336">
+      <c r="A336" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48657", "416")</f>
+      </c>
+      <c r="B336" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48657", " Taxidermia - jacaré - com registro de licença ( 78 x 13 x 15 cm) ")</f>
+      </c>
+      <c r="C336" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D336" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E336" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F336" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="337">
+      <c r="A337" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48658", "417")</f>
+      </c>
+      <c r="B337" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48658", " Bonecos de coleção - 3 peças ")</f>
+      </c>
+      <c r="C337" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D337" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E337" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F337" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="338">
+      <c r="A338" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48660", "418")</f>
+      </c>
+      <c r="B338" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48660", " Lote com: 3 uni. Vasilhas de jacarandá ( maior 29.5cm) ")</f>
+      </c>
+      <c r="C338" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D338" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E338" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F338" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="339">
+      <c r="A339" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48669", "419")</f>
+      </c>
+      <c r="B339" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48669", " Bule para café Importado - emirados árabes - metal prateado e dourado")</f>
+      </c>
+      <c r="C339" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D339" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E339" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F339" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="340">
+      <c r="A340" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48659", "420")</f>
+      </c>
+      <c r="B340" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48659", " Aparelho de chá e café - porcelana brasileira - 38 peças")</f>
+      </c>
+      <c r="C340" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D340" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E340" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F340" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="341">
+      <c r="A341" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48661", "421")</f>
+      </c>
+      <c r="B341" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48661", " Estátua em bronze banhado a cobre - apoio de madeira - (23.5 x 43 x 8 cm)")</f>
+      </c>
+      <c r="C341" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D341" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E341" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F341" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
+      <c r="A342" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48672", "422")</f>
+      </c>
+      <c r="B342" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48672", " Impressora a laser Shot - funcionando")</f>
+      </c>
+      <c r="C342" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D342" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E342" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F342" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="343">
+      <c r="A343" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48667", "423")</f>
+      </c>
+      <c r="B343" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48667", " Escultura importada africana em jacarandá - 20cm")</f>
+      </c>
+      <c r="C343" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D343" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E343" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F343" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="344">
+      <c r="A344" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48664", "424")</f>
+      </c>
+      <c r="B344" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48664", " Escultura  em Bronze - 3.2kg - 33 x 27 cm")</f>
+      </c>
+      <c r="C344" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D344" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C15" s="4" t="inlineStr">
+      <c r="E344" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F344" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="345">
+      <c r="A345" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48673", "425")</f>
+      </c>
+      <c r="B345" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48673", " Tigela importada - Porcelana Japonesa pintada a mão - (7.5 x 24 cm)")</f>
+      </c>
+      <c r="C345" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D345" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E345" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F345" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="346">
+      <c r="A346" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48670", "426")</f>
+      </c>
+      <c r="B346" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48670", " Relógio em madeira - Timão - (48 x 28 cm) ")</f>
+      </c>
+      <c r="C346" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D15" s="4" t="inlineStr">
+      <c r="D346" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E346" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F346" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="347">
+      <c r="A347" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48663", "427")</f>
+      </c>
+      <c r="B347" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48663", " Jogo de chá importado pintado a mão")</f>
+      </c>
+      <c r="C347" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D347" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E347" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F347" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="348">
+      <c r="A348" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48671", "428")</f>
+      </c>
+      <c r="B348" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48671", " Faqueiro Italiano - banhado a ouro - importado Argento Freccia D'oro - 76 peças")</f>
+      </c>
+      <c r="C348" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D348" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E348" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F348" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="349">
+      <c r="A349" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48666", "429")</f>
+      </c>
+      <c r="B349" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48666", " Sopeira importada japonesa, pintada a mão - porcelana ( 13 x 25 cm) ")</f>
+      </c>
+      <c r="C349" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D349" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
+      <c r="E349" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F349" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="350">
+      <c r="A350" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48662", "430")</f>
+      </c>
+      <c r="B350" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48662", " Luminária em Bronze ( 49cm) ")</f>
+      </c>
+      <c r="C350" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D350" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E350" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F350" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="351">
+      <c r="A351" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48674", "431")</f>
+      </c>
+      <c r="B351" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48674", " Jogo de café importado - Porcelana chinesa : 14 peças")</f>
+      </c>
+      <c r="C351" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D351" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E351" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F351" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="352">
+      <c r="A352" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48665", "432")</f>
+      </c>
+      <c r="B352" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48665", " Faqueiro italiano banhado a ouro - 100 peças - Argento Freccia D'oro ")</f>
+      </c>
+      <c r="C352" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D352" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E352" s="5" t="inlineStr">
+        <is>
+          <t>999,00</t>
+        </is>
+      </c>
+      <c r="F352" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="353">
+      <c r="A353" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48668", "433")</f>
+      </c>
+      <c r="B353" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48668", " Molheira em porcelana japonesa, pintado a mão Imari - ( 7 x 22 x 25 cm)")</f>
+      </c>
+      <c r="C353" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D353" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E353" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F353" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="354">
+      <c r="A354" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48719", "434")</f>
+      </c>
+      <c r="B354" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48719", " Lote com: Jogos Play Station originais ")</f>
+      </c>
+      <c r="C354" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D354" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E354" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F354" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="355">
+      <c r="A355" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48731", "435")</f>
+      </c>
+      <c r="B355" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48731", " Licoreira em Alabastro - 6 copos")</f>
+      </c>
+      <c r="C355" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D355" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E355" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F355" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="356">
+      <c r="A356" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48727", "436")</f>
+      </c>
+      <c r="B356" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48727", " Brinquedos antigos ")</f>
+      </c>
+      <c r="C356" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D356" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E356" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F356" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="357">
+      <c r="A357" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48730", "437")</f>
+      </c>
+      <c r="B357" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48730", " Lote com: 5 saladeiras ( 3.5 x 14.5 cm) e 1 saladeira grande 6 x 33 - Porcelana chinesa")</f>
+      </c>
+      <c r="C357" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D357" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E357" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F357" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="358">
+      <c r="A358" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48723", "438")</f>
+      </c>
+      <c r="B358" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48723", " Brinquedos antigos ")</f>
+      </c>
+      <c r="C358" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D358" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E358" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F358" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="359">
+      <c r="A359" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48720", "439")</f>
+      </c>
+      <c r="B359" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48720", " Travessa - porcelana japonesa desenhada a mão ( 3 x 35 x 26 cm) ")</f>
+      </c>
+      <c r="C359" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D359" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E359" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F359" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="360">
+      <c r="A360" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48726", "440")</f>
+      </c>
+      <c r="B360" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48726", " Lote com: bonecas antigas e carrinho")</f>
+      </c>
+      <c r="C360" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D360" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E360" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F360" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="361">
+      <c r="A361" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48728", "441")</f>
+      </c>
+      <c r="B361" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48728", " Lote com: 6 tigelas em porcelana japonesapintada a mão - ( 3 x 15 cm) ")</f>
+      </c>
+      <c r="C361" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D361" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E361" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F361" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="362">
+      <c r="A362" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48729", "442")</f>
+      </c>
+      <c r="B362" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48729", " Brinquedos antigos ")</f>
+      </c>
+      <c r="C362" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D362" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E362" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F362" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="363">
+      <c r="A363" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48721", "443")</f>
+      </c>
+      <c r="B363" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48721", " Brinquedos de montar ")</f>
+      </c>
+      <c r="C363" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D363" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E363" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F363" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="364">
+      <c r="A364" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48725", "444")</f>
+      </c>
+      <c r="B364" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48725", " Livros raros " naipes " ")</f>
+      </c>
+      <c r="C364" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D364" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E364" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F364" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="365">
+      <c r="A365" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48718", "445")</f>
+      </c>
+      <c r="B365" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48718", " Livros raros")</f>
+      </c>
+      <c r="C365" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D365" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E365" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F365" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="366">
+      <c r="A366" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48724", "446")</f>
+      </c>
+      <c r="B366" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48724", " Livros raros")</f>
+      </c>
+      <c r="C366" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D366" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E366" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F366" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="367">
+      <c r="A367" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48716", "447")</f>
+      </c>
+      <c r="B367" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48716", " Brinquedos antigos ")</f>
+      </c>
+      <c r="C367" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D367" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E367" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F367" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="368">
+      <c r="A368" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48717", "448")</f>
+      </c>
+      <c r="B368" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48717", " Brinquedo raro - cegonheira estrela ")</f>
+      </c>
+      <c r="C368" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D368" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E368" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F368" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="369">
+      <c r="A369" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48722", "449")</f>
+      </c>
+      <c r="B369" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48722", " Brinquedos antigos ")</f>
+      </c>
+      <c r="C369" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D369" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E369" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F369" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="370">
+      <c r="A370" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48732", "450")</f>
+      </c>
+      <c r="B370" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48732", " Lote com: 170 LP's")</f>
+      </c>
+      <c r="C370" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D370" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E370" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F370" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="371">
+      <c r="A371" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48733", "451")</f>
+      </c>
+      <c r="B371" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48733", " Brinquedo Gênius - estrela ")</f>
+      </c>
+      <c r="C371" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D371" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E371" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F371" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="372">
+      <c r="A372" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48735", "452")</f>
+      </c>
+      <c r="B372" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48735", " Coleção 23 aviões de combate - editora Planeta deagostini")</f>
+      </c>
+      <c r="C372" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D372" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E372" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F372" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="373">
+      <c r="A373" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48734", "453")</f>
+      </c>
+      <c r="B373" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48734", " Miniaturas de coleção 1:18 ")</f>
+      </c>
+      <c r="C373" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D373" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E373" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F373" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="374">
+      <c r="A374" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48738", "454")</f>
+      </c>
+      <c r="B374" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48738", " Lote com: Enciclopédias e livros - 38 itens.")</f>
+      </c>
+      <c r="C374" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D374" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E374" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F374" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="375">
+      <c r="A375" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48739", "455")</f>
+      </c>
+      <c r="B375" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48739", " Jogo de chá importado da china - 15 itens.")</f>
+      </c>
+      <c r="C375" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D375" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E375" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F375" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="376">
+      <c r="A376" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48737", "456")</f>
+      </c>
+      <c r="B376" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48737", " Kit de colheres para chá em prata argentina 925 , cabo retorcido - 12 itens.")</f>
+      </c>
+      <c r="C376" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D376" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E376" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F376" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="377">
+      <c r="A377" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48736", "457")</f>
+      </c>
+      <c r="B377" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48736", " Lote com: 75 livros infantis.")</f>
+      </c>
+      <c r="C377" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D377" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E377" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F377" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="378">
+      <c r="A378" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48744", "458")</f>
+      </c>
+      <c r="B378" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48744", " Livros Raros")</f>
+      </c>
+      <c r="C378" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D378" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E378" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F378" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="379">
+      <c r="A379" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48742", "459")</f>
+      </c>
+      <c r="B379" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48742", " Jogo de calotas VW")</f>
+      </c>
+      <c r="C379" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D379" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E379" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F379" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="380">
+      <c r="A380" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48743", "460")</f>
+      </c>
+      <c r="B380" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48743", " Lote com 3 miniaturas: escala 1:24")</f>
+      </c>
+      <c r="C380" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D380" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E380" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F380" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="381">
+      <c r="A381" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48740", "461")</f>
+      </c>
+      <c r="B381" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48740", " Lote com 3 miniaturas: escala 1:24")</f>
+      </c>
+      <c r="C381" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D381" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E381" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F381" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="382">
+      <c r="A382" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48741", "462")</f>
+      </c>
+      <c r="B382" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48741", " Bandeja para pesticos - interno em vidro - (33x23 cm) ")</f>
+      </c>
+      <c r="C382" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D382" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E382" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F382" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="383">
+      <c r="A383" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48751", "463")</f>
+      </c>
+      <c r="B383" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48751", " Carrinho de coleção ")</f>
+      </c>
+      <c r="C383" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D383" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E383" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F383" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="384">
+      <c r="A384" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48750", "464")</f>
+      </c>
+      <c r="B384" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48750", " Jogo para café - importado chinês - pintados a mão e filetados a ouro - 9 itens ")</f>
+      </c>
+      <c r="C384" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D384" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E384" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F384" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="385">
+      <c r="A385" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48747", "465")</f>
+      </c>
+      <c r="B385" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48747", " Legumeira à prata - ( 30 cm)")</f>
+      </c>
+      <c r="C385" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D385" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E385" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F385" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="386">
+      <c r="A386" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48746", "466")</f>
+      </c>
+      <c r="B386" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48746", " Carrinho de coleção ")</f>
+      </c>
+      <c r="C386" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D386" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E386" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F386" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="387">
+      <c r="A387" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48748", "467")</f>
+      </c>
+      <c r="B387" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48748", " Faqueiro Hércules - Caixa de madeira - 125 peças ")</f>
+      </c>
+      <c r="C387" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D387" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E387" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F387" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="388">
+      <c r="A388" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48745", "468")</f>
+      </c>
+      <c r="B388" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48745", " Formas em bronze para fabricação de sabonetes ")</f>
+      </c>
+      <c r="C388" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D388" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E388" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F388" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="389">
+      <c r="A389" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48749", "469")</f>
+      </c>
+      <c r="B389" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48749", " Lote com: Livros e fascículos raros de obras de artes -   100 itens.")</f>
+      </c>
+      <c r="C389" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D389" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E389" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F389" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="390">
+      <c r="A390" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48760", "470")</f>
+      </c>
+      <c r="B390" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48760", " Galheteiro em Madeira e porcelana - com talheres para servir ( 15/ 24cm) ")</f>
+      </c>
+      <c r="C390" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D390" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E390" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F390" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="391">
+      <c r="A391" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48754", "471")</f>
+      </c>
+      <c r="B391" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48754", " Leopardo esculpido em madeira Nobre - 145 x 50 x 33 cm - 105kg")</f>
+      </c>
+      <c r="C391" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D391" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E391" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F391" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="392">
+      <c r="A392" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48768", "472")</f>
+      </c>
+      <c r="B392" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48768", " Galheteiro em madeira e porcelana - Com tralheres - ( 41/21 cm)")</f>
+      </c>
+      <c r="C392" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D392" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E392" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F392" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="393">
+      <c r="A393" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48757", "473")</f>
+      </c>
+      <c r="B393" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48757", " Rara Espada em Aço inox - ( 41cm)")</f>
+      </c>
+      <c r="C393" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D393" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E393" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F393" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="394">
+      <c r="A394" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48763", "474")</f>
+      </c>
+      <c r="B394" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48763", " Escultura em Resina - importado da itália - Séc XX ( 10 x 16 x 11 cm )")</f>
+      </c>
+      <c r="C394" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D394" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E394" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F394" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="395">
+      <c r="A395" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48756", "475")</f>
+      </c>
+      <c r="B395" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48756", " Relógio Voigtel em madeira entalhada - ( 29 x 59 cm) ")</f>
+      </c>
+      <c r="C395" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D395" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E395" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F395" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="396">
+      <c r="A396" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48753", "476")</f>
+      </c>
+      <c r="B396" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48753", " Escultura em Resina - importado da itália - Séc XX ( 10 x 16 x 11 cm )")</f>
+      </c>
+      <c r="C396" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D396" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E396" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F396" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="397">
+      <c r="A397" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48762", "477")</f>
+      </c>
+      <c r="B397" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48762", " Rechaud banhado a prata - 40cm")</f>
+      </c>
+      <c r="C397" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D397" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E397" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F397" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="398">
+      <c r="A398" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48764", "478")</f>
+      </c>
+      <c r="B398" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48764", " Escultura em Resina - importado da itália - Séc XX ( 10 x 16 x 11 cm )")</f>
+      </c>
+      <c r="C398" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D398" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E398" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F398" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="399">
+      <c r="A399" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48755", "479")</f>
+      </c>
+      <c r="B399" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48755", " Castiçais em bronze - 21 cm")</f>
+      </c>
+      <c r="C399" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D399" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E399" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F399" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="400">
+      <c r="A400" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48758", "480")</f>
+      </c>
+      <c r="B400" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48758", " Escultura em Resina - importado da itália - Séc XX ( 10 x 16 x 11 cm )")</f>
+      </c>
+      <c r="C400" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D400" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E400" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F400" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="401">
+      <c r="A401" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48766", "481")</f>
+      </c>
+      <c r="B401" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48766", " Relógio de mesa em resina -importado  USA Séc XX ( 30 x 17 cm) ")</f>
+      </c>
+      <c r="C401" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D401" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E401" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F401" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="402">
+      <c r="A402" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48759", "482")</f>
+      </c>
+      <c r="B402" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48759", " Escultura em Resina - importado da itália - Séc XX ( 10 x 16 x 11 cm )")</f>
+      </c>
+      <c r="C402" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D402" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E402" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F402" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="403">
+      <c r="A403" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48752", "483")</f>
+      </c>
+      <c r="B403" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48752", " Floreira Oblonga em metal banhado à prata - recipiente dentro removível - ( 12.5 x 33 x 12 cm) ")</f>
+      </c>
+      <c r="C403" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D403" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E403" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F403" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="404">
+      <c r="A404" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48765", "484")</f>
+      </c>
+      <c r="B404" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48765", " Jogo de xícaras para café em metal prateado - RENNER - porcelana portuguesa")</f>
+      </c>
+      <c r="C404" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D404" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E404" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F404" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="405">
+      <c r="A405" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48761", "485")</f>
+      </c>
+      <c r="B405" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48761", " Sino de mesa em metal espessurado à prata ( 10 x 5 cm)")</f>
+      </c>
+      <c r="C405" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D405" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E405" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F405" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="406">
+      <c r="A406" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48767", "486")</f>
+      </c>
+      <c r="B406" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48767", " Relógio com cuba de vidro ( 25 x 14 cm)")</f>
+      </c>
+      <c r="C406" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D406" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E406" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F406" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="407">
+      <c r="A407" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48769", "487")</f>
+      </c>
+      <c r="B407" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48769", " Luminária em Bronze - 30 cm")</f>
+      </c>
+      <c r="C407" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D407" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E407" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F407" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="408">
+      <c r="A408" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48770", "488")</f>
+      </c>
+      <c r="B408" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48770", " Castiçais em metal - ( 23 cm ) ")</f>
+      </c>
+      <c r="C408" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D408" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E408" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F408" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="409">
+      <c r="A409" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48771", "489")</f>
+      </c>
+      <c r="B409" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48771", " Vasilha para queijo  - prata e cristal ( 17 x 13.5 cm)")</f>
+      </c>
+      <c r="C409" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D409" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E409" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F409" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="410">
+      <c r="A410" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48772", "490")</f>
+      </c>
+      <c r="B410" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48772", " Paliteiro pressurizado prata - 15 cm")</f>
+      </c>
+      <c r="C410" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D410" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E410" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F410" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="411">
+      <c r="A411" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48774", "491")</f>
+      </c>
+      <c r="B411" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48774", " Vaso importado do japão - 27 cm")</f>
+      </c>
+      <c r="C411" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D411" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E411" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F411" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="412">
+      <c r="A412" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48775", "492")</f>
+      </c>
+      <c r="B412" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48775", " Solifleur à prata - 33 cm")</f>
+      </c>
+      <c r="C412" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D412" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E412" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F412" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="413">
+      <c r="A413" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48773", "493")</f>
+      </c>
+      <c r="B413" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48773", " Lote com: Apróx. 300 livros diversos ")</f>
+      </c>
+      <c r="C413" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D413" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E413" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F413" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="414">
+      <c r="A414" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48806", "494")</f>
+      </c>
+      <c r="B414" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48806", "Livros coletânea das leis do comércio exterior - 34 volumes")</f>
+      </c>
+      <c r="C414" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D414" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E414" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F414" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="415">
+      <c r="A415" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48820", "495")</f>
+      </c>
+      <c r="B415" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48820", "Lote com: Coleção de fitas cassete - Aproximadamente 1.120 itens.")</f>
+      </c>
+      <c r="C415" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D415" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E415" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F415" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="416">
+      <c r="A416" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49652", "496")</f>
+      </c>
+      <c r="B416" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49652", " 2 uni. Colunas em madeira - (75 cm) ")</f>
+      </c>
+      <c r="C416" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D416" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E416" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F416" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="417">
+      <c r="A417" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49673", "497")</f>
+      </c>
+      <c r="B417" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49673", " Jogo para café português - Banhado a prata (24 x 20 cm) ")</f>
+      </c>
+      <c r="C417" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D417" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E417" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F417" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="418">
+      <c r="A418" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49679", "498")</f>
+      </c>
+      <c r="B418" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49679", " Relógio em madeira nobre ( 93 x 35 cm) ")</f>
+      </c>
+      <c r="C418" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D418" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E418" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F418" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="419">
+      <c r="A419" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49669", "499")</f>
+      </c>
+      <c r="B419" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49669", " Jogo para jantar - déc 60 - 18 peças ")</f>
+      </c>
+      <c r="C419" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D419" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E419" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F419" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="420">
+      <c r="A420" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49684", "500")</f>
+      </c>
+      <c r="B420" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49684", " Telefone de mesa italiano - déc 30 - Resina realçado a ouro ( 18 x 24cm)")</f>
+      </c>
+      <c r="C420" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D420" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E420" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F420" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="421">
+      <c r="A421" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49663", "501")</f>
+      </c>
+      <c r="B421" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49663", " Aparelho de jantar em porcelana branca, policromado a prata - 12 peças ")</f>
+      </c>
+      <c r="C421" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D421" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E421" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F421" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="422">
+      <c r="A422" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49656", "502")</f>
+      </c>
+      <c r="B422" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49656", " Escultura Deusa grega - ( 20 x 25 x 9 cm) ")</f>
+      </c>
+      <c r="C422" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D422" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E422" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F422" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="423">
+      <c r="A423" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49661", "503")</f>
+      </c>
+      <c r="B423" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49661", " Castiçal em bronze - ( 22cm)")</f>
+      </c>
+      <c r="C423" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D423" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E423" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F423" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="424">
+      <c r="A424" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49662", "504")</f>
+      </c>
+      <c r="B424" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49662", " Escultura em metal e tecido - ( 26cm) ")</f>
+      </c>
+      <c r="C424" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D424" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E424" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F424" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="425">
+      <c r="A425" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49659", "505")</f>
+      </c>
+      <c r="B425" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49659", " Máquina de costura alemã ( 24 x 37 x 22cm) ")</f>
+      </c>
+      <c r="C425" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D425" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E425" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F425" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="426">
+      <c r="A426" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49657", "506")</f>
+      </c>
+      <c r="B426" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49657", " Relógio italiano de mesa , patinado a ouro ( 70 x 33 x 18 cm) ")</f>
+      </c>
+      <c r="C426" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D426" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E426" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F426" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="427">
+      <c r="A427" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49633", "507")</f>
+      </c>
+      <c r="B427" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49633", " Enfeite italiano - déc 70 - ( 19 x 50 x 13 cm)")</f>
+      </c>
+      <c r="C427" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D427" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E427" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F427" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="428">
+      <c r="A428" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49647", "508")</f>
+      </c>
+      <c r="B428" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49647", " Jogo de café - Déc 50 - Banhado a prata - 6 peças ")</f>
+      </c>
+      <c r="C428" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D428" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E428" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F428" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="429">
+      <c r="A429" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49689", "509")</f>
+      </c>
+      <c r="B429" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49689", " Aparador em mármore Bege Bahia- bordas em bronze ( 78 x 130 x 40 cm) ")</f>
+      </c>
+      <c r="C429" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D429" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E429" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F429" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="430">
+      <c r="A430" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49621", "510")</f>
+      </c>
+      <c r="B430" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49621", " Conjunto de chá em metal dourado ")</f>
+      </c>
+      <c r="C430" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D430" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E430" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F430" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="431">
+      <c r="A431" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49634", "511")</f>
+      </c>
+      <c r="B431" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49634", " Telefone retrô em caixa de madeira metal e plástico ( 31 x 27 x 15 cm) ")</f>
+      </c>
+      <c r="C431" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D431" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E431" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F431" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="432">
+      <c r="A432" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49682", "512")</f>
+      </c>
+      <c r="B432" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49682", " Soprador 125B a gasolina ")</f>
+      </c>
+      <c r="C432" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D432" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E432" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F432" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="433">
+      <c r="A433" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49654", "513")</f>
+      </c>
+      <c r="B433" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49654", " Jarra em metal prateado ( 23cm) ")</f>
+      </c>
+      <c r="C433" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D433" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E433" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F433" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="434">
+      <c r="A434" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49665", "514")</f>
+      </c>
+      <c r="B434" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49665", " Samovar Prateado ( 45cm) ")</f>
+      </c>
+      <c r="C434" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D434" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E434" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F434" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="435">
+      <c r="A435" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49660", "515")</f>
+      </c>
+      <c r="B435" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49660", " Galheteiro metal á prata - italiano ( 25 x 13 cm) ")</f>
+      </c>
+      <c r="C435" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D435" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E435" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F435" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="436">
+      <c r="A436" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49680", "516")</f>
+      </c>
+      <c r="B436" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49680", " Açucareiro Pilter Numer 1876 Simpson Miller ")</f>
+      </c>
+      <c r="C436" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D436" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E436" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F436" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="437">
+      <c r="A437" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49636", "517")</f>
+      </c>
+      <c r="B437" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49636", " Leiteira  Pilter Numer 1876 Simpson Miller ")</f>
+      </c>
+      <c r="C437" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D437" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E437" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F437" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="438">
+      <c r="A438" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49691", "518")</f>
+      </c>
+      <c r="B438" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49691", " Sopeira Antiga - Latão/metal/bronze ( 39 x 31 x 22 cm - 2.3kg) ")</f>
+      </c>
+      <c r="C438" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D438" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E438" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F438" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="439">
+      <c r="A439" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49631", "519")</f>
+      </c>
+      <c r="B439" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49631", " Bandeja Latão/Bronze - ( 50 x 30 x 5 cm) ")</f>
+      </c>
+      <c r="C439" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D439" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E439" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F439" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="440">
+      <c r="A440" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49653", "520")</f>
+      </c>
+      <c r="B440" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49653", " Lote com: Duas katana - ( 28cm e 41cm) ")</f>
+      </c>
+      <c r="C440" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D440" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E440" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F440" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="441">
+      <c r="A441" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49664", "521")</f>
+      </c>
+      <c r="B441" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49664", " Cojunto de café e chá em porcelana ")</f>
+      </c>
+      <c r="C441" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D441" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E441" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F441" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="442">
+      <c r="A442" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49655", "522")</f>
+      </c>
+      <c r="B442" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49655", " Abajur em Bronze, vidro em mosaico - (53 x 24cm) ")</f>
+      </c>
+      <c r="C442" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D442" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E442" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F442" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="443">
+      <c r="A443" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49651", "523")</f>
+      </c>
+      <c r="B443" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49651", " Conjunto em porcelana - 2 uni. Ânfora , 2 uni. jarra e 1 uni.  xícara ")</f>
+      </c>
+      <c r="C443" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D443" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E443" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F443" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="444">
+      <c r="A444" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49658", "524")</f>
+      </c>
+      <c r="B444" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49658", " Relógio de parede em madeira - ( 20cm) ")</f>
+      </c>
+      <c r="C444" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D444" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E444" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F444" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="445">
+      <c r="A445" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49668", "525")</f>
+      </c>
+      <c r="B445" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49668", " Soprador Modelo 125B - Gasolina")</f>
+      </c>
+      <c r="C445" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D445" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E445" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F445" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="446">
+      <c r="A446" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49681", "526")</f>
+      </c>
+      <c r="B446" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49681", " Relógio grande em caixa de madeira - ( 95 x 46 x 20cm)")</f>
+      </c>
+      <c r="C446" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D446" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E446" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F446" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="447">
+      <c r="A447" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49672", "527")</f>
+      </c>
+      <c r="B447" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49672", " Telefone em metal dourado - déc 70")</f>
+      </c>
+      <c r="C447" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D447" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E447" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F447" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="448">
+      <c r="A448" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49632", "528")</f>
+      </c>
+      <c r="B448" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49632", " Coluna de resina e bronze - italiana - Déc 70 - ( 31 x 31 x 75 cm) ")</f>
+      </c>
+      <c r="C448" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D448" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E448" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F448" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="449">
+      <c r="A449" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49625", "529")</f>
+      </c>
+      <c r="B449" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49625", " Relógio em madeira - ( 90cm) ")</f>
+      </c>
+      <c r="C449" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D449" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E449" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F449" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="450">
+      <c r="A450" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49678", "530")</f>
+      </c>
+      <c r="B450" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49678", " Ânfora déc 70 - importada - ( 24 x 24 x 50) ")</f>
+      </c>
+      <c r="C450" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D450" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E450" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F450" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="451">
+      <c r="A451" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49693", "531")</f>
+      </c>
+      <c r="B451" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49693", " Relógio Kienzie em madeira, despertaador e termômetro - ( 17 x 14 x 4.5 cm)")</f>
+      </c>
+      <c r="C451" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D451" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E451" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F451" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="452">
+      <c r="A452" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49639", "532")</f>
+      </c>
+      <c r="B452" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49639", " Relógio Depose 1003 , base em mármore Carrara - italiano - ( 26 x 29 x 11 cm)")</f>
+      </c>
+      <c r="C452" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D452" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E452" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+      <c r="F452" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="453">
+      <c r="A453" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49650", "533")</f>
+      </c>
+      <c r="B453" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49650", " Prato decorativo - Porcelana portuguesa ")</f>
+      </c>
+      <c r="C453" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D453" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E453" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F453" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="454">
+      <c r="A454" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49670", "534")</f>
+      </c>
+      <c r="B454" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49670", " Jogo em banho de prata ")</f>
+      </c>
+      <c r="C454" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D454" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E454" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F454" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="455">
+      <c r="A455" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49674", "535")</f>
+      </c>
+      <c r="B455" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49674", " Lote com: 4 uni. Redução de mangueira de incêndio ( 2.1/2 x 1 .1/2)")</f>
+      </c>
+      <c r="C455" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D455" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E455" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F455" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="456">
+      <c r="A456" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49696", "536")</f>
+      </c>
+      <c r="B456" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49696", " Freezer Consul - funcionando")</f>
+      </c>
+      <c r="C456" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D456" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E456" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F456" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="457">
+      <c r="A457" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49687", "537")</f>
+      </c>
+      <c r="B457" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49687", " Lote com: 16 gibis TEX")</f>
+      </c>
+      <c r="C457" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D457" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E457" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F457" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="458">
+      <c r="A458" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49640", "538")</f>
+      </c>
+      <c r="B458" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49640", " Lote com: 77 revistas de games ")</f>
+      </c>
+      <c r="C458" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D458" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E458" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F458" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="459">
+      <c r="A459" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49686", "539")</f>
+      </c>
+      <c r="B459" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49686", " Motor induzido - sem uso ")</f>
+      </c>
+      <c r="C459" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D459" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E459" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F459" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="460">
+      <c r="A460" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49695", "540")</f>
+      </c>
+      <c r="B460" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49695", " Curso Epoca English Plus - completo - 33 fascículos ")</f>
+      </c>
+      <c r="C460" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D460" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E460" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F460" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="461">
+      <c r="A461" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49618", "541")</f>
+      </c>
+      <c r="B461" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49618", " Lote com: 8 uni. Calculadoras antigas ")</f>
+      </c>
+      <c r="C461" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D461" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E461" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F461" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="462">
+      <c r="A462" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49645", "542")</f>
+      </c>
+      <c r="B462" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49645", " Lote com: coleção 87 uni Album de figurinhas - (   5 mil figurinhas) ")</f>
+      </c>
+      <c r="C462" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D462" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E462" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F462" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="463">
+      <c r="A463" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49690", "543")</f>
+      </c>
+      <c r="B463" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49690", " Lote com: Jogos diversos - damas baralhos bingo xadrez")</f>
+      </c>
+      <c r="C463" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D463" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E463" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F463" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="464">
+      <c r="A464" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49627", "544")</f>
+      </c>
+      <c r="B464" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49627", " Lote com: Game boys, color, advance")</f>
+      </c>
+      <c r="C464" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D464" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E464" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F464" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="465">
+      <c r="A465" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49685", "545")</f>
+      </c>
+      <c r="B465" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49685", " Lote com: 8 Jogos nintendo Ds ")</f>
+      </c>
+      <c r="C465" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D465" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E465" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F465" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="466">
+      <c r="A466" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49667", "546")</f>
+      </c>
+      <c r="B466" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49667", " Brinquedo Meu primeiro gradiente ")</f>
+      </c>
+      <c r="C466" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D466" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E466" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F466" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="467">
+      <c r="A467" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49616", "547")</f>
+      </c>
+      <c r="B467" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49616", " Gargantilha")</f>
+      </c>
+      <c r="C467" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D467" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E467" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F467" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="468">
+      <c r="A468" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49641", "548")</f>
+      </c>
+      <c r="B468" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49641", " 2 uni champagne ")</f>
+      </c>
+      <c r="C468" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D468" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E468" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F468" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="469">
+      <c r="A469" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49637", "549")</f>
+      </c>
+      <c r="B469" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49637", " Pé de máquina Singer")</f>
+      </c>
+      <c r="C469" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D469" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E469" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F469" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="470">
+      <c r="A470" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49620", "550")</f>
+      </c>
+      <c r="B470" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49620", " Relógio Prateado ( 38cm)")</f>
+      </c>
+      <c r="C470" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D470" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E470" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F470" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="471">
+      <c r="A471" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49644", "551")</f>
+      </c>
+      <c r="B471" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49644", " Licoreira banhada a prata")</f>
+      </c>
+      <c r="C471" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D471" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E471" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F471" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="472">
+      <c r="A472" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49635", "552")</f>
+      </c>
+      <c r="B472" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49635", " Lote com: Diversos itens - máquina de fazer pão, aspirador, etc.")</f>
+      </c>
+      <c r="C472" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D472" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
+      <c r="E472" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F472" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="473">
+      <c r="A473" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49683", "553")</f>
+      </c>
+      <c r="B473" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49683", " 3 uni. Mangueira de incêndio ")</f>
+      </c>
+      <c r="C473" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D473" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E473" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F473" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="474">
+      <c r="A474" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49610", "554")</f>
+      </c>
+      <c r="B474" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49610", " Lote com: 6 uni. Grades ( 89 x 19 cm) ")</f>
+      </c>
+      <c r="C474" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D474" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E474" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F474" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="475">
+      <c r="A475" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49630", "555")</f>
+      </c>
+      <c r="B475" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49630", " Lote com: 31 fascículos curso de inglês - BBC Muzzy ")</f>
+      </c>
+      <c r="C475" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D475" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E475" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F475" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="476">
+      <c r="A476" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49622", "556")</f>
+      </c>
+      <c r="B476" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49622", " Lote com: Diversos itens - Papelaria - escritório ( apróx 1000 itens ) ")</f>
+      </c>
+      <c r="C476" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D476" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E476" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F476" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="477">
+      <c r="A477" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49615", "557")</f>
+      </c>
+      <c r="B477" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49615", " Escultura em madeira maciça - ( 132 cm) ")</f>
+      </c>
+      <c r="C477" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D477" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E477" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F477" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="478">
+      <c r="A478" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49642", "558")</f>
+      </c>
+      <c r="B478" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49642", " Lote com: Coleção revista quatro rodas - 1988 - 2016 - ( 70 revistas) ")</f>
+      </c>
+      <c r="C478" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D478" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E478" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F478" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="479">
+      <c r="A479" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49626", "559")</f>
+      </c>
+      <c r="B479" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49626", " Coleção tartaruga ninja ")</f>
+      </c>
+      <c r="C479" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D479" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E479" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F479" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="480">
+      <c r="A480" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49688", "560")</f>
+      </c>
+      <c r="B480" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49688", " Lote com brinquedos diversos")</f>
+      </c>
+      <c r="C480" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D480" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E480" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F480" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="481">
+      <c r="A481" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49612", "561")</f>
+      </c>
+      <c r="B481" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49612", " Lote com: Diversos disc man")</f>
+      </c>
+      <c r="C481" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D481" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E481" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F481" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="482">
+      <c r="A482" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49692", "562")</f>
+      </c>
+      <c r="B482" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49692", " Lote com: Itens de costura e linha ")</f>
+      </c>
+      <c r="C482" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D482" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E482" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F482" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="483">
+      <c r="A483" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49629", "563")</f>
+      </c>
+      <c r="B483" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49629", " Escultura Pavão - importada em prata de Lei - Cloisonne - estrutura de pedra natural ( 24 x 21 cm)")</f>
+      </c>
+      <c r="C483" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D483" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E483" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F483" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="484">
+      <c r="A484" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49619", "564")</f>
+      </c>
+      <c r="B484" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49619", " Jogo em metal Banhado a Prata e vidro")</f>
+      </c>
+      <c r="C484" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D484" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E484" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F484" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="485">
+      <c r="A485" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49613", "565")</f>
+      </c>
+      <c r="B485" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49613", " Estátua em Bronze maciço - ( 25 cm) ")</f>
+      </c>
+      <c r="C485" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D485" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E485" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F485" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="486">
+      <c r="A486" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49648", "566")</f>
+      </c>
+      <c r="B486" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49648", " Esmoleira em metal espessurado a prata - 3 pés ( 30cm diam.) ")</f>
+      </c>
+      <c r="C486" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D486" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E486" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F486" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="487">
+      <c r="A487" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49649", "567")</f>
+      </c>
+      <c r="B487" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49649", " Samovar - Importado da inglaterra - ( 45cm ) ")</f>
+      </c>
+      <c r="C487" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D487" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E487" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F487" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="488">
+      <c r="A488" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49638", "568")</f>
+      </c>
+      <c r="B488" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49638", " Salva em prata brasileira - 235gr. Teor - ( 20cm diam.)")</f>
+      </c>
+      <c r="C488" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D488" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E488" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F488" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="489">
+      <c r="A489" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49671", "569")</f>
+      </c>
+      <c r="B489" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49671", " Centro de mesa - ( 26 x 21 cm) ")</f>
+      </c>
+      <c r="C489" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D489" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E489" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F489" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="490">
+      <c r="A490" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49623", "570")</f>
+      </c>
+      <c r="B490" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49623", " Bandeja importada - metal a prata ( 40 x 27 cm) ")</f>
+      </c>
+      <c r="C490" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D490" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E490" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F490" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="491">
+      <c r="A491" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49694", "571")</f>
+      </c>
+      <c r="B491" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49694", " Jarra em metal espessurado a prata - ( 30 x 18 cm) ")</f>
+      </c>
+      <c r="C491" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D491" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E491" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F491" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="492">
+      <c r="A492" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49614", "572")</f>
+      </c>
+      <c r="B492" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49614", " Gomil em metal espessurado a prata - ( 46x11 cm Bacia - 40 x 24 cm Jarra ) ")</f>
+      </c>
+      <c r="C492" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D492" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E492" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F492" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="493">
+      <c r="A493" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49666", "573")</f>
+      </c>
+      <c r="B493" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49666", " Balde para gelo espessurado a prata ( 20 x 27 x 20 cm) ")</f>
+      </c>
+      <c r="C493" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D493" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E493" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F493" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="494">
+      <c r="A494" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49676", "574")</f>
+      </c>
+      <c r="B494" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49676", " Relógio em bronze- Déc 70 - ( 67 x 19 x 34 cm) ")</f>
+      </c>
+      <c r="C494" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D494" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E494" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F494" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="495">
+      <c r="A495" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49611", "575")</f>
+      </c>
+      <c r="B495" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49611", " Centro de mesa em prata 90 ( 55 x 18 cm) ")</f>
+      </c>
+      <c r="C495" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D495" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E495" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F495" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="496">
+      <c r="A496" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49628", "576")</f>
+      </c>
+      <c r="B496" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49628", " Candelabro banhado a prata - ( 37 x 20 cm) ")</f>
+      </c>
+      <c r="C496" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D496" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E496" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F496" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="497">
+      <c r="A497" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49624", "577")</f>
+      </c>
+      <c r="B497" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49624", " Centro de mesa banhado a prata - ( 31 x 30 cm) ")</f>
+      </c>
+      <c r="C497" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D497" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E497" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F497" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="498">
+      <c r="A498" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49677", "578")</f>
+      </c>
+      <c r="B498" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49677", " Relógio de mesa Vesna - importado união soviética - (10 x 20 cm) ")</f>
+      </c>
+      <c r="C498" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D498" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E498" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F498" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="499">
+      <c r="A499" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49617", "579")</f>
+      </c>
+      <c r="B499" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49617", " Fruteira importada - banhada a prata régia 90 - ( 31 x 16 cm) ")</f>
+      </c>
+      <c r="C499" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D499" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E499" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F499" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="500">
+      <c r="A500" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49643", "580")</f>
+      </c>
+      <c r="B500" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49643", " Centro de mesa em prata 90 ( 55 x 18 cm) ")</f>
+      </c>
+      <c r="C500" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D500" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E500" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F500" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="501">
+      <c r="A501" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49675", "581")</f>
+      </c>
+      <c r="B501" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49675", " Relógio de cordas ( 75 cm ) ")</f>
+      </c>
+      <c r="C501" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D501" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E501" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F501" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="502">
+      <c r="A502" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49646", "582")</f>
+      </c>
+      <c r="B502" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49646", " Telefone Antigo em madeira ")</f>
+      </c>
+      <c r="C502" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D502" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E502" s="5" t="inlineStr">
+        <is>
+          <t>480,00</t>
+        </is>
+      </c>
+      <c r="F502" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="503">
+      <c r="A503" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49725", "583")</f>
+      </c>
+      <c r="B503" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49725", "Lote com: 100 bonecas barbie e outras.")</f>
+      </c>
+      <c r="C503" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D503" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E503" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+      <c r="F503" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="504">
+      <c r="A504" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49726", "584")</f>
+      </c>
+      <c r="B504" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49726", "Lote com: 21 uni. bonecas raras suzy- estrela ")</f>
+      </c>
+      <c r="C504" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D504" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
+      <c r="E504" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F504" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="505">
+      <c r="A505" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49727", "585")</f>
+      </c>
+      <c r="B505" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49727", "Lote com: 70 uni. Bonecas Barbies monster high e acessórios ")</f>
+      </c>
+      <c r="C505" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D505" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E505" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D18" s="4" t="inlineStr">
+      <c r="F505" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="506">
+      <c r="A506" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49778", "586")</f>
+      </c>
+      <c r="B506" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49778", "Lote com: coleção TEX Edição Históricas - 53 volumes")</f>
+      </c>
+      <c r="C506" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D506" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E18" s="5" t="inlineStr">
+      <c r="E506" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D19" s="4" t="inlineStr">
+      <c r="F506" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="507">
+      <c r="A507" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49779", "587")</f>
+      </c>
+      <c r="B507" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49779", "Lote com: 121 livros de guerras e assuntos variados")</f>
+      </c>
+      <c r="C507" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D507" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E507" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F507" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="508">
+      <c r="A508" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49780", "588")</f>
+      </c>
+      <c r="B508" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49780", "Lote com: 26 edições - Gibs TEX - 01 a 27 ( falta 18 ) ")</f>
+      </c>
+      <c r="C508" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D508" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E508" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F508" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="509">
+      <c r="A509" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49781", "589")</f>
+      </c>
+      <c r="B509" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49781", "Lote com: Coleção gibis TEX - ANUAL - Edições 1 a 6 e edição 12")</f>
+      </c>
+      <c r="C509" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D509" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E509" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F509" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="510">
+      <c r="A510" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49923", "590")</f>
+      </c>
+      <c r="B510" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49923", "Coleção "La escuela del Técnico Mecânico" - 7 volumes ")</f>
+      </c>
+      <c r="C510" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D510" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E510" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F510" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="511">
+      <c r="A511" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49929", "591")</f>
+      </c>
+      <c r="B511" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49929", "Torneira antiga em bronze ")</f>
+      </c>
+      <c r="C511" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D511" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E19" s="5" t="inlineStr">
-[...31 lines deleted...]
-      <c r="E20" s="5" t="inlineStr">
+      <c r="E511" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F511" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="512">
+      <c r="A512" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49930", "592")</f>
+      </c>
+      <c r="B512" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49930", "2 uni. Castiçais em metal. ")</f>
+      </c>
+      <c r="C512" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D512" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E512" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F20" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E21" s="5" t="inlineStr">
+      <c r="F512" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="513">
+      <c r="A513" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49931", "593")</f>
+      </c>
+      <c r="B513" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49931", "Telefone Déc 80 - importado EUA")</f>
+      </c>
+      <c r="C513" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D513" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E513" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F513" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="514">
+      <c r="A514" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49932", "594")</f>
+      </c>
+      <c r="B514" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49932", "Samovar em metal ( 52 cm - 3,105 kg ) ")</f>
+      </c>
+      <c r="C514" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D514" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E514" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F21" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C22" s="4" t="inlineStr">
+      <c r="F514" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="515">
+      <c r="A515" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49933", "595")</f>
+      </c>
+      <c r="B515" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49933", "Tabuleiro de Xadrez e Gamão feito a mão em madeira de Bali - Indonésia - Ketut Sandi (48 x 48 cm aberto) ")</f>
+      </c>
+      <c r="C515" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D515" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E515" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F515" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="516">
+      <c r="A516" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49934", "596")</f>
+      </c>
+      <c r="B516" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49934", "Balança antiga com pesos - (25cm altura) ")</f>
+      </c>
+      <c r="C516" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D516" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E516" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F516" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="517">
+      <c r="A517" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49935", "597")</f>
+      </c>
+      <c r="B517" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49935", "Escultura em Alabastro ( 37cm) ")</f>
+      </c>
+      <c r="C517" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D517" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E517" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F517" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="518">
+      <c r="A518" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49936", "598")</f>
+      </c>
+      <c r="B518" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49936", "Faqueiro raro - meridional em aço nobre - caixa em madeira de lei - 101 peças ")</f>
+      </c>
+      <c r="C518" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D518" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E518" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F518" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="519">
+      <c r="A519" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49937", "599")</f>
+      </c>
+      <c r="B519" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49937", "Coleção " Grande História Universal " - Lacrados - 18 volumes ")</f>
+      </c>
+      <c r="C519" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D519" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E519" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F519" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="520">
+      <c r="A520" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49938", "600")</f>
+      </c>
+      <c r="B520" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49938", "ltoe com: 2 peças espessuradas a prata")</f>
+      </c>
+      <c r="C520" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D22" s="4" t="inlineStr">
+      <c r="D520" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E22" s="5" t="inlineStr">
-[...186 lines deleted...]
-      <c r="D28" s="4" t="inlineStr">
+      <c r="E520" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F520" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="521">
+      <c r="A521" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49939", "601")</f>
+      </c>
+      <c r="B521" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49939", "Lote com: Talheres antigos déc. 70 - 24 peças")</f>
+      </c>
+      <c r="C521" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D521" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E28" s="5" t="inlineStr">
-[...15774 lines deleted...]
-      </c>
       <c r="E521" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F521" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="522">
-      <c r="A522" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A522" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50042", "602")</f>
+      </c>
+      <c r="B522" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50042", "Lote com: 2 Criados Chinpandelle - Déc 40 - (57 x 49 x 39 cm)")</f>
       </c>
       <c r="C522" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D522" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E522" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F522" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>