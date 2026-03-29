--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,251 +269,223 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5741", "8051")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5741", "VW PASSAT 2.0T; BRANCO; 2013; 2014; GASOLINA - SCANIA LATIN AMERICA")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>56.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5971", "9052")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5971", "I/KIA BONGO BAÚ K2500 HD, ANO/MOD 11/12, COR BRANCA - SESC")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5972", "9053")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5972", "I/KIA BONGO BAÚ K2500 HD, ANO/MOD 11/12, COR BRANCA - SESC")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>62</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5973", "9054")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5973", "I/KIA BONGO BAÚ UK2500 HD SC, ANO/MOD 11/12, COR BRANCA - SESC")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5974", "9055")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5974", "I/KIA BONGO BAÚ K2500 HD, ANO/MOD 11/12, COR BRANCA - SESC")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>36.250,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5976", "905067")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5976", " GOL (NOVO) 1.6 MI TOTAL FLEX 8V 4P, COR PRETO NINJA, ANO MOD 11/12 BANCO SOFISA S/A ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>10.250,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6057", "905332")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6057", "MICRO ÔNIBUS MB  608 D, ANO/MOD 76/77")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>