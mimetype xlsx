--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,283 +269,251 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48682", "24211")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48682", "FIAT STRADA WORKING - 2014/2014 - FROTA 4000 - LOC. TAPEJARA /PR")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>18.600,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48683", "24212")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48683", "VW/GOL 1.6 POWER, FLEX, ANO/MOD 2010/2011 - FROTA 3008 - LOC. TAPEJARA/ PR")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48676", "24222")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48676", "FIAT/DOBLO JAEDI  AMBULÂNCIA, FLEX, ANO/MOD 2010/2011 - Frota 4090 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48678", "24257")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48678", "FIAT STRADA  2013/2013 - FROTA 3043 - LOC. TAPEJARA/ PR")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>15.250,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48675", "24259")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48675", "FIAT DOBLO 2010/2011 - FROTA 3057 - LOC. TAPEJARA/ PR")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>9.250,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48680", "24298")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48680", "VW GOL 2006/2006 - FROTA 18021 - LOC. TAPEJARA/ PR")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>5.700,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48681", "24308")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48681", "FIAT STRADA  2014/2014 -FROTA 3022- LOC. TAPEJARA/ PR")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48679", "24309")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48679", "VW GOL 2003/2003 - FROTA 18020 - LOC. TAPEJARA/ PR")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>5.650,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>