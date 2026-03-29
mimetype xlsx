--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,1211 +269,1063 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48792", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48792", " MICRO MARCOPOLO. ANO 01.")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>26.950,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48797", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48797", "[ RETIRADO ] MOTONIVELADORA CATERPILLAR. MOD. CAT120 G. ANO 96")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>53.900,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48799", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48799", " PÁ CARREGADEIRA XGMA. ANO 2010")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>61.600,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48798", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48798", " PATROL FIATALLIS FG70. ANO 96")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>53.900,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48804", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48804", " PATROL DRESSER 140S. ANO 82")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>23.100,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48800", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48800", " PATROL DRESSER 130M. ANO 84")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>23.100,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48795", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48795", " PATROL CAT 120B. ANO 80")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>19.250,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48805", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48805", " ROLO TEMA TERRA SP6000. ANO 83")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
         <is>
           <t>26.950,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48794", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48794", " RETROESCAVADEIRA MASSEY FERGUSON 86HD. ANO 92")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>28.850,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48796", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48796", " [ RETIRADO ] TRATOR VALMET. ANO 90")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>23.100,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48801", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48801", " PÁ CARREGADEIRA CATERPILLAR. MOD. CAT 966R. ANO 87 (Transmissão CAT)")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>46.200,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48793", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48793", " PÁ CARREGADEIRA MICHIGAN 55A. ANO 81")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>42.350,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48802", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48802", " TRATOR DE ESTEIRA KOMATSU. ANO 82")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>35.600,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48803", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48803", " PÁ CARREGADEIRA VOLVO L70D. ANO 2001")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>57.750,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49233", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49233", " [ VÍDEO ] ESCAVADEIRA CATERPILLAR. MOD. CAT 315D.ANO 2008")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>56</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49235", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49235", "[ VÍDEOS ] PÁ CARREGADEIRA MICHIGAN. MOD. 55C. ANO 91")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>65.700,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49234", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49234", "[ VÍDEOS ] ESCAVADEIRA CATERPILLAR. MOD. CAT 312D. ANO 2009.")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>56</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49460", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49460", "[ VÍDEOS ] RETROESCAVADEIRA MOVITER. MOD. CB880 4X4. ANO 2012. MOTOR MAXION TURBO.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49609", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49609", "ROLO MULLER TC18. ANO 92")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>32.400,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49697", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49697", "[ VÍDEO ] PÁ CARREGADEIRA CASE. MOD. W7. ANO 80")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>18.310,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49940", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49940", "MINI ESCAVADEIRA VOLVO. MOD. EC35. ANO 2013")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>46.800,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48781", "103")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48781", " ROLO DE PNEUS DYNAPAC CP 27, ANO: 1994  . MARCA: DYNAPAC . MODELO:  CP-27 . ANO: 1994 ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48782", "104")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48782", " COMPRESSOR INGERSSOL-RAND, HOR. 468619 . MARCA: INGERSOL-RAND")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>220.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48776", "105")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48776", " CARRETA C/ MESA DE 6 M ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>220.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48783", "106")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48783", " ROLO LISO MULLER T62H C/ TRANSMISSÃO HIDROSTÁTICA . MARCA: MULLER . MODELO:  T62H")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48778", "108")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48778", " [ RETIRADO ] TRATOR DE ESTEIRA CAT D8H . MARCA: CATERPILLAR . MODELO:  CAT D8H . ANO: 1976 ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...250 lines deleted...]
-      <c r="C20" s="4" t="inlineStr">
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48780", "109")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48780", " ROLO LISO DYNAPAC CG11 . MARCA: DYNAPAC . MODELO:  CG11 . ANO: 1988 ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48784", "110")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48784", " ROLO LISO DYNAPAC CG11 . MARCA: DINAPAC . MODELO:  CG11 . ANO: 1988 ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48779", "111")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48779", " ROLO LISO INCOMPLETO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48785", "113")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48785", " GUINDASTE S/ ESPECIFICAÇÕES,  . ANO: 1980 ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48777", "117")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48777", " ROLO COMPACTADOR MULLER TC18 . MARCA: MULLER . MODELO:  TC18 . ANO: 1987 ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48786", "123")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48786", " ESCAVADEIRA CAT 321D . MARCA: CATERPILLAR . MODELO:  CAT 321D . ANO: 2009 ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>89.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48787", "126")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48787", " ROLO DE PNEUS TT SP-8000 . MARCA: TEMA TERRA . MODELO:  TT SP-8.000 . ANO: 1982 ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48788", "127")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48788", " ROLO DE PNEUS TT SP-8000HD . MARCA: TEMA TERRA . MODELO:  TT SP-8.000 HD . ANO: 1985 ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48789", "130")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48789", "[ RETIRADO ] ESCAVADEIRA KOMATSU PC150 SE . MARCA: KOMATSU . MODELO:  PC 150 SE . ANO: 1998 ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
-      <c r="D20" s="4" t="inlineStr">
-[...521 lines deleted...]
-      <c r="F36" s="4" t="inlineStr">
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-[...286 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48790", "132")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48790", "DRAGLINE MARCA HR")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48791", "133")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/48791", "Rolo Muller Ap 35")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>