--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,699 +269,615 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49034", "3713")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49034", " REMADA NA MAQUINA PR 2060")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49033", "3715")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49033", " REMADA BAIXA - GERVASPORT")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49042", "3744")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49042", " BANCO EXTENSOR")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49031", "3762")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49031", " CROSS OVER LATERAL COR CINZA")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49041", "3764")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49041", " BIKE TECNO GYM CYCLE 5500")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49038", "3805")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49038", " REMADA BAIXA ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49026", "3831")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49026", " MAQUINA DE SUPINO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49037", "4795")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49037", " REMADA BAIXA")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49027", "5000")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49027", " PULLEY ALTO COM REMADA BAIXA")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>1.350,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49028", "5585")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49028", " REMADA BAIXA ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50230", "5655")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50230", " DUAL PULLEY E 1 BANCO RETO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49029", "5784")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49029", " PUXADA DE COSTA")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.150,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49030", "5788")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49030", " PUXADA COSTAS")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49035", "5790")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49035", " PUXADA DE COSTA")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49039", "24101")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49039", " ROTARY TORSO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49043", "24106")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49043", " BANCO SCOOT")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49036", "24108")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49036", " SUPINO RETO E INCLINADO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50231", "24109")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50231", " SUPINO RETO E INCLINADO")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49040", "24115")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49040", " BIKE  VER MASTER COR AMARELA")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49032", "24118")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49032", " BANCO ABDOMINAL")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50232", "24121")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50232", " BANCO 090")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>