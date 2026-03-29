--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,539 +269,475 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49202", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49202", "APROX. 12 PNEUS AGRÍCOLAS- LOC. PARAGUAÇU PAULISTA ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>10.250,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49203", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49203", "APROX.12 FILTROS DE AR JONH DEERE - LOC.  NARANDIBA/SP")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49204", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49204", "APROX. 20 PNEUS DIVERSOS - VEJA DESCRITIVO DE ITENS  LOC. NARANDIBA/SP")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>6.250,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49205", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49205", "APROX. 47 MICRO COMPUTADOR LENOVO E200- LOC. PARAGUAÇU PAULISTA")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>6.050,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49206", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49206", "APROX. 46 Micro computador DELL Optiplex 990 + 980 + 3010 - Intel Core i5 /Intel core i3 - LOC. PARAGUAÇU PAULISTA")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>14.050,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49207", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49207", "APROX. 62 MONITORES (14 e 15 polegadas)- LOC. PARAGUAÇU PAULISTA")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49215", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49215", "APROX. 20 Notebook DELL Vostro e Latitude - Processador: Intel Core i5 / Intel Core i3 - LOC. PARAGUAÇU PAULISTA")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>12.300,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49216", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49216", "APROX. 40 Mouses e Teclados DELL e Lenovo - LOC PARAGUACU PAULISTA ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49764", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49764", "APROX. 173 COMPONENTES DE VEDAÇÃO E OUTROS - LOC. PARAGUAÇU PAULISTA")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49765", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49765", "APROX. 128 CORREIAS DIVERSAS - LOC. PARAGUAÇU PAULISTA/ SP")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49766", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49766", "MATERIAIS ELETRICOS DIVERSOS - 25PÇS. - LOC. PARAGUAÇU PAULISTA/ SP")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49997", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49997", "MATERIAIS INDUSTRIAIS - LOC. PARAGUAÇU PAULISTA")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>3.550,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49201", "019")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49201", "109 LOTES DIVERSOS CARTUCHOS E IMPRESSORAS - LOC.PARAGUAÇU PAULISTA")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...122 lines deleted...]
-      <c r="A16" s="5" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49232", "24321")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49232", "CULTIV PALH 3LINH DMB  - FROTA 4401125 - 79116/2012 -")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49229", "24329")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49229", "DISTRIBUIDOR DFL 2L CIV - FROTA 4400129 - 4002")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="B16" s="4" t="inlineStr">
-[...78 lines deleted...]
-      <c r="E18" s="5" t="inlineStr">
+      <c r="E25" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...159 lines deleted...]
-      <c r="F23" s="4" t="inlineStr">
+      <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-[...62 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49230", "24337")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49230", "JOHN DEERE COLH NW 3520 - FROTA 4300042 ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>