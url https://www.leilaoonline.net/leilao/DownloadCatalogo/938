--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,795 +269,699 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49607", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49607", "NISSAN; FRONTIER S, 4X4, 2014/2015, FANTASIA; DIESEL; FUNCIONANDO, IPVA 2020 PAGO, FROTA 204-22-05-2020")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>43.950,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49608", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49608", "NISSAN; FRONTIER S, 4X4, 2014/2015, FANTASIA; DIESEL; FUNCIONANDO, IPVA 2020 PAGO, FROTA 104-22-05-2020")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>45.300,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49570", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49570", "VW; GOL 1.0 GIV; 2011/2011; PRATA; ALCO./GASOL; FROTA 226-22-05-2020 - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>11.250,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49571", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49571", "VW; GOL 1.0 GIV; 2011/2011; PRATA; ALCO./GASOL; FROTA 480-22-05-2020 - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>11.850,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49569", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49569", "VW; GOL 1.0 GIV; 2011/2012; PRATA; ALCO./GASOL; FROTA 420-22-05-2020 - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>12.250,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49213", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49213", "HYUNDAI; HR 2.5; 2011; AZUL; DIESEL - FUNCIONANDO - IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>42.150,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49572", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49572", "FORD; RANGER XLT 12P; 2009/2009; PRETA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>31.750,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49739", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49739", "FIAT DOBLO ESSENCE 1.8, 7 LUGARES, 2017/2017; PRATA; ALCO./GASOL. - FUNCIONANDO - FROTA 179 - IPVA 2020 PAGO, ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49214", "012")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49214", "CAMINHÃO SCANIA G420A6X4; 2009 2009; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>73.650,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49208", "013")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49208", "CAMINHÃO FORD  CARGO 1317, ANO 2006, BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>44.750,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49209", "015")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49209", "TOYOTA; BANDEIRANTES; 1967/1967; AMARELA; DIESEL; FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>81</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>23.250,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49227", "113")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49227", "VW; KOMBI FURGÃO; 2012/2013; PRATA; ALCO/GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49211", "120")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49211", "FORD; TRST, MODIFICAR TP, 2010/2011, BRANCA; DIESEL; FROTA 851")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A15" s="5" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>4.600,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49222", "126")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49222", "VW; GOL 1.6, 2008/2009, BRANCA; ALC./GASOL - FROTA F038 - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>12.650,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49223", "132")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49223", "VW; GOL 1.6; 2012/2013; PRATA; ALCO./GASOL; FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49224", "135")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49224", "MMC L200 TRITON GL; 2014/2015; PRATA; DIESEL - FROTA 821 - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49225", "140")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49225", "FORD; TRST, MODIFICAR TP, 2010/2011, BRANCA; DIESEL; FROTA 091")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>13.200,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49226", "170")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49226", "FORD; TRST, MODIFICAR TP, 2010/2011, BRANCA; DIESEL; FROTA 131")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...36 lines deleted...]
-      <c r="C16" s="4" t="inlineStr">
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>5.450,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49220", "198")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49220", "I; M. BENZ GUERRA MIC 20; 2007/2008; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>31.050,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>1150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49218", "217")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49218", "FIAT PALIO WEEKEND ATTRATIVE ANO 2016 MOD 2017, COR PRATA, FLEX, FROTA 217 - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49217", "303")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49217", " FIAT PALIO WEEKEND ATTRATIVE ANO 2016 MOD 2017, COR PRATA, FLEX, FROTA 298 - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D16" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>129</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>18.900,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...74 lines deleted...]
-      <c r="C19" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49219", "328")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49219", "GM; VECTRA SEDAN ELITE; 2008/2009; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>17.050,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49228", "358")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49228", " FIAT PALIO WEEKEND ATTRATIVE ANO 2016 MOD 2017, COR PRATA, FLEX, FROTA 358 - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D19" s="4" t="inlineStr">
-[...446 lines deleted...]
-      </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>88</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>18.950,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49221", "368")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49221", "FIAT PALIO WEEKEND ATTRATIVE ANO 2016 MOD 2017, COR PRATA, FLEX, FROTA 368 - FUNCIONANDO")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>18.800,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>