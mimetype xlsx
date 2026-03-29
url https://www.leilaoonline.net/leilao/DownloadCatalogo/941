--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,1563 +269,1371 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49463", "008")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49463", "PA CARREGADEIRA MOD CLG 816 C ANO 2014 MARCA LIUGONG, FUNCIONADO CHASSIS 3063")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>55.200,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49462", "009")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49462", "PA CARREGADEIRA MOD CLG 816 C ANO 2012 MARCA LIUGONG, FUNCIONADO CHASSIS 3609")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>83</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>57.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49496", "010")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49496", "TRATOR AGRIOLA CBT 1977 (com comando - p/ grade aradora) - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>17.250,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49464", "011")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49464", "PÁ CARREGADEIRA - TRATOR M. FERGUSON 95X -  ANO 1975 - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>19.100,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50321", "012")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50321", "BOTE INFLÁVEL COM MOTOR 50 HP - COMPRIMENTO 4,50 M - ANO 2012 - MATERIAL CONSTRUÇÃO DO CASCO: FIBRA DE VIDRO - CARRETINHA INCLUSA")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>15.750,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50322", "013")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50322", "LANCHA ANO 1995 MOTOR 135 HP - COMPRIMENTO TOTAL: 6,45 M - CARRETINHA INCLUSA")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50374", "014")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50374", "VOLKSWAGEN; KOMBI FURGÃO; 2006/2006; ALCO/GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50272", "015")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50272", "COLHEDEIRA DE CEREAIS MARCA MASSEY FERGUSSON MODELO 1630 COM BOCA PARA COLHER MILHO E SOJA")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>9.250,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49465", "016")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49465", "PÁ CARREGADEIRA CASE W7 - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>59</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>22.250,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50274", "017")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50274", "TANQUE PULVERIZADOR DE 2000 LTS MARCA K.O. ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.650,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50278", "018")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50278", "ROCADEIRA KAMAK DUPLA DE 2.6 MTS CENTRAL SEMI LATERAL")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>3.100,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50394", "019")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50394", "Pá Carregadeira Esteira Caterpillar CAT 933 - G")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50396", "020")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50396", "GERADOR BD 6500 CFE BRANCO DIESEL 5.5KVA")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50277", "022")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50277", "TANQUE DE AGUA DE 5000 LTS. ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49777", "031")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49777", "TURBINA K27 COM CAIXA QUENTE PULSATIVA - BOM ESTADO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49461", "035")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49461", "GUINSDASTE HYSTER "CANARINHO" CAP 4TON. - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>10.250,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49466", "036")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49466", "GUINDASTE kranekar   (FUNCIONANDO) veja o vídeo clickar na 1ª foto")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50375", "037")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50375", "4 TRILHOS FERROVIÁRIOS TR57 COM APROX. 10M. CADA - (LANCE POR KG) APROX. 2.280KG")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>0,92</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>0.02</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50376", "038")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50376", "4 TRILHOS FERROVIÁRIOS TR57 COM APROX. 10M. CADA - (LANCE POR KG) APROX. 2.280KG")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>0,76</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>0.02</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50377", "039")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50377", "4 TRILHOS FERROVIÁRIOS TR57 COM APROX. 10M. CADA - (LANCE POR KG) APROX. 2.280KG")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>0,80</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>0.02</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50378", "040")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50378", "4 TRILHOS FERROVIÁRIOS TR57 COM APROX. 10M. CADA - (LANCE POR KG) APROX. 2.280KG")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>0,84</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>0.03</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49467", "041")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49467", "EMPILHADEIRA ELÉTRICA STILL")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>4.450,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49468", "042")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49468", "EMPILHADEIRA CLARK CHY60 2700KG GNV 6CC - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>14.350,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49470", "043")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49470", "MOTOBOMBA EM INÓX REBOCÁVEL DIESEL MOTOR MB")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>6.250,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49469", "047")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49469", "CARRETEL ENROLADOR")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49492", "050")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49492", "APROX. 30 PRATELEIRAS PORTA PALET CAP 2.000KG MAIS 35 ARMÁRIOS PARA ESCRITÓRIO FEITO EM AÇO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49487", "104")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49487", " TRANSFORMADOR ADELCO 2.000 KVA 2008 6.500 KG TR 3.000 Nº SERIE: 5011826")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49490", "106")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49490", " TRANSFORMADOR ADELCO 2.500 KVA 2008 7.300 KG TR 3.000 Nº SERIE: 5011828")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>22.250,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49488", "107")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49488", " TRANSFORMADOR ADELCO 3.000 KVA 2008 8.000 KG TR 3.000 Nº SERIE: 5011829")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49489", "108")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49489", " TRANSFORMADOR ADELCO 3.000 KVA 2008 8.000 KG TR 3.000 Nº SERIE: 501830")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49486", "109")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49486", " TRANSFORMADOR ADELCO 2.000 KVA 2008 6.500 KG TR 3.000 Nº SERIE: 501825")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49482", "111")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49482", " TRANSFORMADOR ADELCO 7.500 KVA 2008 15.000 KG TR 3.000 Nº SERIE: 501843")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49484", "112")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49484", " TRANSFORMADOR ADELCO 7.500 KVA 2008 15.000 KG TR 3.000 Nº SERIE: 501841")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49483", "113")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49483", " TRANSFORMADOR ADELCO 7.500 KVA 2008 15.000 KG TR 3.000 Nº SERIE: 501842")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49485", "114")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49485", " TRANSFORMADOR ADELCO 7.500 KVA 2008 15.000 KG TR 3.000 Nº SERIE: 501844")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>40.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49495", "120")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49495", "FORD; TRST, MODIFICAR TP, 2010/2011, BRANCA; DIESEL; FROTA 851")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>4.850,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49474", "208")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49474", "ROTO FINISH DE ACABAMENTO, MOD ST9,0, SERIE 1352")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49473", "209")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49473", "MANIPULADOR ELÉTRICO MARCA SCAGLIA COM CABEÇOTE ORBITAL DE GARFO DE POSICIONAMENTO")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>5.150,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...42 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49475", "220")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49475", "PLACA COMPACTADOR DE SOLO MARCA WACKER CV 170 COM MOTOR AGRALE")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49491", "221")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49491", "PLACA COMPACTADOR DE SOLO MARCA WACKER CV 170 COM MOTOR AGRALE")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
-[...176 lines deleted...]
-      <c r="A20" s="5" t="inlineStr">
+      <c r="D50" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
-      <c r="B20" s="4" t="inlineStr">
-[...115 lines deleted...]
-      <c r="F23" s="4" t="inlineStr">
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49493", "222")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49493", "BROCA SDS BOSCH PARA FURAR CONCRETO - MEDIDAS 35 X 800 X 920 - NOVA NUNCA USADA")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-[...15 lines deleted...]
-      <c r="D24" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49476", "223")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49476", "ESTEIRA  TRANSPORTADORA DE CAVACO MARCA KFA")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49472", "224")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49472", " COMPRESSOR PARAFUSO TOTAL PACK 20 HP USADO NO ESTADO")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
-      <c r="E24" s="5" t="inlineStr">
-[...36 lines deleted...]
-      <c r="F25" s="4" t="inlineStr">
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>6.100,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49477", "230")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49477", "1 BAGAGEIRO - Rack/ Suporte Porta-escadas")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49478", "231")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49478", "1 BAGAGEIRO - Rack/ Suporte Porta-escadas")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49479", "232")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49479", "1 BAGAGEIRO - Rack/ Suporte Porta-escadas")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49480", "233")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49480", "10 BAGAGEIRO - Rack/ Suporte Porta-escadas")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-[...1022 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49481", "234")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49481", "10 BAGAGEIRO - Rack/ Suporte Porta-escadas")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>