--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,251 +269,223 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49502", "201")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49502", "GERADOR NEGRINI 150KVA")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49499", "202")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49499", " GRUPO GERADOR STEMAC 150 KVA, GERADOR WEG 220/380/440 VOLTS, MOTOR SCANIA 112, FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>22.750,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49500", "203")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49500", " GRUPO GERADOR STEMAC 400 KVA, MOTOR CUMMINS NTA 855, REFORMADO, 0,10 BIG CAM, 380 VOLTS")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>24.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49497", "204")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49497", "GRUPO GERADOR STEMAC 408/450 KVA, MOTOR CUMMINS NTA 855 G3 , Nº 15")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49498", "205")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49498", "GRUPO GERADOR NEGRINI 40 KVA MOTOR PERKIS 4236 AUTOMÁTICO, COM QUADRO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49503", "206")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49503", " GRUPO GERADOR POLIDIESEL 53 KVA, COM MOTOR PERKINS, FUNCIONANDO ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>19.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49501", "211")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49501", "GRUPO GERADOR PALMERO 1000KVA")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>25.250,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>