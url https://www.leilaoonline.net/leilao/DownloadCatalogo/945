--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,699 +269,615 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49754", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49754", " 2 GERADORES DE SOLDA BAMBOZZI 375 A - 40 CV - 1800 RPM (SEM USO)")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49743", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49743", " 2 FILTRO DUPLEX FL.6 POL./CL 125/500 MESH; FABRICANTE - SFAY; TIPO DE FILTRO  - DUPLEX; CONEXÃO DE ENTRADA - 6ANSI B16.1 125; CONEXÃO DE SAÍDA - 6ANSI B16.1 125; VAZÃO - 1800 L/MIN; CAPACIDADE DE FILTRAGEM - 500 MESH; MATERIAL DA TELA - INOX 316; TIPO DE FIXAÇÃO - FLANGE FF (1 SEM USO E 1 SEMI-NOVO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49753", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49753", " VÁLVULA GAVETA ASCENDENTE 4 - 5000PSI FL.RTJ; TIPO DE HASTE - ASCENDENTE; TIPO DE CONEXÃO - FLANGE RTJ; DIÂMETRO NOMINAL - 4´´; CLASSE DE PRESSÃO - 5000PSI -350KGF")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49748", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49748", " 2 MOTORREDUTOR COAXIAL 1:33-15CV; POTÊNCIA : 15 CV; ROTAÇÃO : 1760; TENSÃO : 220/380/440V; REDUÇÃO :  1:33; TIPO DO REDUTOR : ENGREN. HELIC. (SEMI-NOVO)")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49760", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49760", " REDUTOR S/FIM 1:150 MAGMA-K CESTARI; POTÊNCIA : 3 CV; ROTAÇÃO : 1750; TENSÃO : 220/380/440V; REDUÇÃO :  1:150; TIPO DO REDUTOR : ROSCA SEM FIM (SEMI-NOVO)")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49744", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49744", " VENTILADOR CENTRÍFUGO VHF - 100; POTÊNCIA: 4CV TRIFÁSICO; ROTAÇÃO: 3500 RPM; TENSÃO: 220/380/440/760V; VAZÃO: 1560 M3/H; PRESSÃO ESTÁTICA : 0,798 MCA")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49762", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49762", " REDUTOR ENGRENAGEM 1:3.1; POTÊNCIA MÁXIMA: 20 CV; ROTAÇÃO MÁXIMA: 1750 RPM; REDUÇÃO: 1:3.1; CÓDIGO: H08110B110; FABRICANTE: CESTARI")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49746", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49746", " MOTO REDUTOR 1:154,6 GO42 E.VAZADO; TIPO DO REDUTOR: COROA/SEM-FIM; FIXAÇÃO: BRAÇO DE TORÇÃO; ROTAÇÃO MÁXIMA: 1750RPM; REDUÇÃO: 1:154,6; POTÊNCIA: 2CV; TENSÃO: 220/380/440V")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49757", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49757", " LOTE DE RODAS RETIRADO PELO VENDEDOR.  ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49751", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49751", " BOMBA CENTR.MARK-GRUNDFOS XHE-3A; MODELO: XHE3-A; VAZÃO/ROTAÇÃO MÁXIMA: 40 M3/H 1750RPM; POTÊNCIA MÁXIMA : 10 CV; CONEXÃO SUCÇÃO: 4 POL.; CONEXÃO DESCARGA: 3 POL.; DIÂMETRO DO ROTOR : 270MM")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49763", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49763", " AMORTECEDOR PULSAÇÃO BALÃO 5G P/BPD-2065; CAPACIDADE: 20L; VÁLVULA DE GÁS : BG; VÁLVULA DE FLUÍDO: NPT 2; TIPO DE BALÃO: C/INSERTO METAL")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49747", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49747", " 2 MOTORES ELÉTRICOS 125CV/IPW55/B3E/440V; FABRICANTE: WEG; RPM: 1185 RMP; TENSÃO: 440V; FREQUÊNCIA: 60HZ (SEM USO)")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49761", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49761", " MOTOR 4/3600-HONDA GX120K1; POTÊNCIA: 4CV / 1 CILINDRO; ROTAÇÃO: 3600RPM; TIPO DE COMBUSTÍVEL: GASOLINA; SISTEMA DE PARTIDA: MANUAL; NOM. FORÇA NO VOLANTE: 0.75/2500RPM")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49749", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49749", " FRESADORA VERTICAL RUSSA; ANO: 1962; POSSUI MANUAL")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49758", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49758", " FRESADORA UNIVERSAL TOS; ANO: 1956; POSSUI MANUAL")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49752", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49752", " GUINCHO HIDRÁULICO 8500 KGF LINHA SIMPLES; VAZÃO OPERAÇÃO: 140 L/M; (SEM USO)")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49755", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49755", "   Empilhadeira Hyster H45N motor Perkins Diesel. Só precisa de revisão na Bomba injetora e Bateria.")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>30.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49745", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49745", " TALHA MUNCK; CAP.: 6T; ELEVAÇÃO DE 5 METROS")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49759", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49759", " COMPRESSOR DE PARAFUSO HOLMANN, 65O CFM, 125 PSI; COM MOTOR GE DE 150 CV; ANO: 1968; POSSUI MANUAL")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...25 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49750", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49750", " TORNO CNC MODELO CENTUR 35 III; COMANDO MACH 4; BARRAMENTO DE 1 METRO ENTRE PONTAS; CONTRA PONTO E PLACA COM ACIONAMENTO PNEUMÁTICO; ANO: 1992")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...574 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49756", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/49756", " RETÍFICA AFIADORA DE FERRAMENTAS VIGORELLI; ANO: 1979")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>