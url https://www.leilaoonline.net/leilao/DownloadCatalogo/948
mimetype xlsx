--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,475 +269,419 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50226", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50226", " 50.000 máscaras descartáveis em TNT, duas camadas com gramatura 40 cada")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50224", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50224", " 25.000 máscaras descartáveis em TNT, duas camadas com gramatura 40 cada")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>21.250,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50218", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50218", " 10.000 máscaras descartáveis em TNT, duas camadas com gramatura 40 cada")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50227", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50227", " 10.000 máscaras descartáveis em TNT, duas camadas com gramatura 40 cada")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50220", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50220", " 10.000 máscaras descartáveis em TNT, duas camadas com gramatura 40 cada")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50225", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50225", " 5.000 máscaras descartáveis em TNT, duas camadas com gramatura 40 cada")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>4.750,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50223", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50223", " 5.000 máscaras descartáveis em TNT, duas camadas com gramatura 40 cada")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>4.750,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50229", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50229", " 5.000 máscaras descartáveis em TNT, duas camadas com gramatura 40 cada")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>4.750,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50228", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50228", " 1.000 máscaras descartáveis em TNT, duas camadas com gramatura 40 cada")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50219", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50219", " 1.000 máscaras descartáveis em TNT, duas camadas com gramatura 40 cada")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50222", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50222", " 1.000 máscaras descartáveis em TNT, duas camadas com gramatura 40 cada")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50221", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50221", " 1.000 máscaras descartáveis em TNT, duas camadas com gramatura 40 cada")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50132", "019")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50132", " PEUGEOT 206 1.6 16V 2008 FLEX  PL.FINAL 6")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>8.100,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50133", "020")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50133", " PARATI 1.6 2011/2012 FLEX PLACA FINAL 8")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>