--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,2779 +269,2435 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50214", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50214", "MEZANINO - ( 6 x 10 metros) - Todo fechado, parte de baixo com grades. Parte de cima em vidros. Metálico , piso de madeira")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50141", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50141", " Compressor parafuso Schuls Modelo SRP3050  - 50cv")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>20.900,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50156", "005")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50156", " Espectrometro")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>14.900,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50155", "006")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50155", " Lote com: Apróx. 300kg de ferramentas de fresa e torno")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>7.800,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50145", "009")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50145", " Talha elétrica 7.500kg completa marca Rovela")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>5.700,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50151", "010")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50151", " Talha elétrica 7.500kg Completa Climber")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>5.700,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50154", "011")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50154", " Talha elétrica com carro ponte - 10 ton. Climber")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50157", "017")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50157", " Durômetro digital Mitutoyo")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50149", "019")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50149", " Rosqueadeira Dauer M8")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50142", "020")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50142", " Retífica de Copo Blanchard")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50150", "021")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50150", " Beneficiadora de Laranjas ( Lava seca e pule)")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50147", "023")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50147", " Puncionadeira Trumpf CN 81")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>6.200,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50143", "025")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50143", " Lote com: Apróx. 300 caixas hortifruti")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50152", "027")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50152", " Caldeira para água quente a gás Ecal 30.000 kcal")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50144", "028")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50144", " Desempeno em mármore (1.30 x 1.30)")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50148", "030")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50148", " Torre de refrigeração Alpina ( 2.50 alt x 2.20 larg)")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50153", "031")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50153", " Elevador de cargas 4 metros - 1000kg")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50146", "032")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50146", " Retífica cilíndrica Jones Shipman 12 12")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50158", "033")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50158", "Rosqueadeira de coluna elétrica para roscas 25 mm")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50159", "034")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50159", "Retífica Plana Sulmecânica - Mesa 350 x 600 mm")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50160", "035")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50160", "Serra de precisão Sênior 315")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50161", "036")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50161", "Prensa Excêntrica tipo H 150 ton. - Mecânica")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50169", "038")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50169", " Autoclave Fabbe")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50175", "041")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50175", " Retífica universal Cilíndrica WmW 900x300mm")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50178", "042")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50178", " Lote com: 2 pórticos de 4 metros de vão - 3m de altura")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50174", "043")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50174", " Lote com: Rolos para retífica")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50162", "044")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50162", " Retífica Cilíndrica 600x250mm")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>4.300,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50179", "045")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50179", " Máquina de solda Mig White Martins 250 Amperes ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50163", "047")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50163", " Furadeira de bancada Robustal Mandril 25mm")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50177", "048")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50177", " Ponte rolante para 1000kg - 2,40m de vão")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>4.600,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50172", "049")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50172", " Lote com: 6 cofres")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50166", "050")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50166", " Tamboreador rotativo - 1000 litros")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50165", "051")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50165", " Lote com: 2 uni. bomba hidráulica")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50168", "054")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50168", " Taque retangular de aço inox - encamisado")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50170", "055")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50170", " Esteira de aço inox")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50167", "056")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50167", " Lote com: 6 uni. Vidro laminado 8mm")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50164", "057")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50164", " Misturador de tinta com paltaforma, tanque em aço inox")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50173", "058")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50173", " Tanque de inox afunilado - 1200 litros")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50176", "060")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50176", " Motor de opala 4cc")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50180", "062")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50180", " Lote com: 2 uni. morsa grande para fresa ou plaina")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50171", "064")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50171", " Moedor de carne industrial de inox")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50181", "065")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50181", " Lote com: 10 uni. Prensa excêntrica para 1 tonelada")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>7.600,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50182", "066")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50182", " Funil vibratório")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50184", "068")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50184", " Arredondador de dentes de engrenagens")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50186", "069")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50186", " Rebitadeira com alimentador vibratório ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50189", "070")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50189", " Guincho de coluna para obras - monofásico")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50190", "071")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50190", " Lote com: 2 uni. Batedor de cola")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50185", "072")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50185", " Esteira para cavaco")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50192", "073")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50192", " Forno Tempera")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50188", "074")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50188", " Ilha com fogão cooktop")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50193", "075")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50193", " Lote com: 1 geladeira e 1 estufa para alimentos em inox")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50183", "076")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50183", " Retífica afiadora de ferramentas")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50191", "077")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50191", " Paleteira empilhadeira pneumática 1000kg")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50187", "080")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50187", " Carrinho para transportes/maçarico em inox")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50200", "082")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50200", " Prensa excêntrica 25 toneladas")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>5.700,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50206", "084")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50206", " Lixadeira de fita para ferro")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50203", "085")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50203", " Prensa excêntrica enclinável 15 ton.")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50196", "086")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50196", " Prensa excêntrica 25 ton.")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50204", "087")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50204", " Prensa excêntrica 80 ton.")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50205", "088")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50205", " Escada de alumínio 4 metros")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50197", "089")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50197", " Prensa excêntrica Jundiaí engrenada 80 ton.")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50195", "090")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50195", " Compressor de ar - 60 pés")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50201", "093")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50201", " Lote com: 50 uni. Carrinhos de transporte 4 rodas")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50194", "094")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50194", " Injetora Oriente 145/250")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50199", "095")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50199", " Moinho de faca - boca 200mm")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50198", "096")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50198", " Solda projeção - 100kva")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>9.100,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50207", "097")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50207", " Curvadora de tubos CNC BLM - Completa - .Para até 32mm")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50202", "098")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50202", " Curvadora de tubos elétrica - italiana")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50208", "099")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50208", "Porta palete - 230 posições ")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50209", "100")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50209", "Unidade Hidráulica ")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50210", "101")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50210", "Curvadora de tubos Hidráulica - até 40 mm")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50211", "102")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50211", "Endireitador de chapas 200mm")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50212", "103")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50212", "Ciclone masterink monofásico ")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50213", "104")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50213", "Curvadora de tubos Pedrazzoli para 32mm")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50306", "105")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50306", "Curvadora de tubos e vergalhão - Hidráulica - cabeçote duplo BLM")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50307", "106")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50307", "Guincho de arraste - 2.000kg ")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50308", "107")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50308", "Serra Franho s900")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50309", "108")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50309", "Afiadora de ferramentas REGMED")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50310", "109")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50310", "Elevador hidráulico para motos")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50311", "110")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50311", "Lote com: 200 uni. Caixas de metal")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50312", "111")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50312", "Prensa Excêntrica Barban e Vicentini")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50313", "112")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50313", "Cabine de pintura automotiva COMPATIQ- Desmontada ")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50314", "113")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50314", "Prensa excêntrica 80 Ton. - Engrenada - Jundiaí ")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50315", "114")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50315", "Compressor Wayne - 60 pés ")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...1998 lines deleted...]
-      <c r="E74" s="5" t="inlineStr">
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>3.100,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50316", "115")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50316", "Injetora oriente - 140/250 ")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
-      <c r="F74" s="4" t="inlineStr">
-[...670 lines deleted...]
-      </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50317", "116")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50317", "Lote de: parafusos , porcas e arruelas - Sem uso")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>