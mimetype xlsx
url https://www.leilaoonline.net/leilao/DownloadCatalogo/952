--- v0 (2025-11-05)
+++ v1 (2026-03-29)
@@ -269,2139 +269,1875 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50384", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50384", " Caminhão Ford Cargo 4331 2004 C/ PRANCHA RANDOM 35ton. - funcionando")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>100.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50428", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50428", "FIAT A D 7 B ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50382", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50382", " Caminhão Ford Cargo 2428 E 2010/2011 C/ Munck 20 Hidrauguincho - Carroceria porta contêiner 8 pinos - funcionando")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>130.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...10 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50383", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50383", " Caminhão VW 9.150 2010/2011 compactador - funcionando")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>72.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50699", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50699", "CAT D4 E")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52069", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52069", "FORD F-4000 G 1999/2000 Diesel -DOC. S/ CABINE DUPLA ( reg. por conta do comprador.)")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50380", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50380", " Rolo Compactador XCMG  XS120PD 2011 TRAÇADO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50429", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50429", "Tanque ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51267", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51267", "GM S10 EXECUTIVE 2.8 2005")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51494", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51494", "Caminhão MB 1418 1995 - Necessita reparos - Branco - Doc. Consta verde - Regularização por conta do comprador.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51495", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51495", "Caminhão MB 1418 1995 - Funcionando - Branco - Doc. consta verde - regularização por conta do comprador.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51496", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51496", "Caminhão MB 1418 1995 - Necessita reparos - Branco - Doc. Consta verde - Regularização por conta do comprador.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50406", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50406", " Caminhão MB 1620 1997 Com Rolon G25 - funcionando")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>95.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51554", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51554", "MB CLC 200 K. 2009 -Pl.Final 8")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51668", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51668", " Caminhão VOLVO NL 12 360 1995 - funcionando")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50410", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50410", " Caminhão EUCLID SUCATA S/documentos - fora de estrada ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50407", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50407", " Caminhão MB 1618 1994 Carroceria Aberta - funcionando")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>62.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50411", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50411", " Caminhão Volvo NL10  1992  - funcionando")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50412", "021")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50412", " Caminhão MB 712 C 1999 - funcionando")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51257", "022")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51257", "Caminhão MB 1418 1996")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51259", "023")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51259", "Caminhão MB 1418 1996")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51258", "024")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51258", "Caminhão MB 2214 1988 - Munck MADAL 30 T.")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50385", "025")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50385", " Caminhão VW 8.150 E 2007 ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>32.250,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50387", "026")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50387", "  MOTO DE TRILHA - TTR 230 SEM DOCUMENTO - EQUIPADA - ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51673", "027")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51673", " Caminhão VW 18.310 2005 Titan - funcionando")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
         <is>
           <t>33.000,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50408", "028")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50408", " Ford F-4000 2009 - funcionando")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>49.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51666", "029")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51666", " Caminhão SCANIA 420 2005 6x4 - funcionando")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>85.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51497", "030")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51497", "MICHIGAN 75 HR")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50409", "031")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50409", " Trator Valmet 148 4x4 - 1996")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>43.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51672", "033")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51672", " Empilhadeira 7 Ton.")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51669", "034")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51669", " Retro MF 750 4x4 - 1998")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51493", "035")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51493", " Empilhadeira Hyster 7 Ton. Diesel ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>48.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51671", "036")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51671", " Retro 86 MF  - 1988")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50413", "037")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50413", " Trator Valmet 880 - 1998")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51681", "038")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51681", " Trator Hanomag R 545")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50427", "039")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50427", " Trator Valmet 148 4x4 - 1996")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50388", "040")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50388", " Caminhão MB 1718 2011 Com carreta cegonheira - Não acompanha tratores")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>72.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51675", "041")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51675", " Trator MF 265 - 1996")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50418", "042")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50418", " Trator New Holland  TL 80 4x4 - 2002")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51680", "043")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51680", " Motocana MF 65")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51811", "044")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51811", " Trator MF 275 - 1998")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50421", "046")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50421", " Trator MF 235 - 1991")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51810", "047")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51810", " Trator Hanomag 545 ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50417", "049")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50417", " Trator MF 296 - 1994")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50416", "050")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50416", " Escavadeira D 90")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50419", "053")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50419", " Sucata de Motoniveladora Patrol. Motor Scania Turbo")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51678", "054")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51678", " Sucata de Case W36 Motor Scania")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51676", "055")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51676", " Sucata de Case W20")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50415", "057")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50415", " Lote com 2 uni. Tonel 10.000 Litros")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50414", "059")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50414", " Guindaste Krane Kar Motor MB")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50420", "060")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50420", " Guindaste Madal Motor MB")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50457", "062")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50457", " Rolo rebocável")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50460", "063")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50460", " Roda de ferro")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50458", "064")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50458", " Sulcador 3 linhas")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50459", "065")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50459", " Grade 10 pratos")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50422", "066")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50422", " Tanque Fossa")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>11.250,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50423", "067")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50423", " Tanque Fossa")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50386", "074")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50386", "  ESCAVADEIRA HIDRÁULICA; MARCA: SANY; MODELO: ST215C; ANO: 2011; H: 3400; OBS.: PAROU FUNCIONANDO, BATERIA DESCARREGADA.")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>156.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...79 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51260", "075")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51260", "Carreta de cana ")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...314 lines deleted...]
-      <c r="D26" s="4" t="inlineStr">
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51261", "076")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51261", "Carreta de cana ")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51262", "077")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51262", "Carreta de cana ")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51263", "078")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51263", "Reboque de 1 eixo")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51264", "079")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51264", "Reboque - 1 eixo ")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E26" s="5" t="inlineStr">
-[...58 lines deleted...]
-      <c r="D28" s="4" t="inlineStr">
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51265", "080")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51265", "Reboque - 1 eixo ")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E28" s="5" t="inlineStr">
-[...1124 lines deleted...]
-      <c r="F63" s="4" t="inlineStr">
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-[...350 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51287", "081")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51287", "TUBO DE TROCADOR DE CALOR : MATERIAL CUPRONÍQUEL 90-10 E DOIS ESPELHOS DE CUPRONÍQUEL 90-10 TOTAL APROXIMADO 19.000KG (PREÇO POR KG).")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>22,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51288", "082")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51288", "CATERPILLAR D8 (COM LÂMINA) - Funcionando - sem bateria ")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>