--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,1563 +269,1371 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51557", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51557", "VW FOX 1.0; 2006/2007; CINZA; ALC./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>8.750,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51294", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51294", "NISSAN; FRONTIER S, 4X4, 2014/2015, FANTASIA; DIESEL; FUNCIONANDO, IPVA 2020 PAGO, FROTA 104-22-05-2020")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>95</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>49.750,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51275", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51275", "VW; GOL 1.0 GIV; 2011/2011; PRATA; ALCO./GASOL; FROTA 226-22-05-2020 - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>12.750,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51268", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51268", "VW; GOL 1.0 GIV; 2011/2011; PRATA; ALCO./GASOL; FROTA 480-22-05-2020 - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>56</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>12.700,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51277", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51277", "RENAULT DUSTER 20 D 4X2; 2015/2015; PRATA; ALCO./GASOL. - FROTA 500-05-06-2020")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51269", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51269", "FORD; RANGER XLT 12P; 2009/2009; PRETA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>26.750,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51278", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51278", "VW; NOVO VOYAGE; 2017/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>29.250,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50301", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50301", "TROLLER T-4 4X4 3.2 20V TDI; 2015/2016; VERDE; DIESEL")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>54.550,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51282", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51282", "VW; GOL GL; 1992/1992; VERDE; ALCOOL - RODAS SUSPENSÃO E TURBO LEGALIZADO APROX. 400CV")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>14.750,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51271", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51271", "JEEP COMPASS TRAILHAWK D; 2017/2017; PRETA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>87.650,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50302", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50302", "VOLKSWAGEN; JETTA VARIANT; 2010/2010; PRETA; GASOLINA - FUNCIONANDO - BLINDADO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51279", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51279", "VW; GOL 1.6, 2008/2009, BRANCA; ALC./GASOL - FROTA F038 - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>11.150,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51555", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51555", "HONDA, FIT LX CVT, 2016/2017, PRATA; ALCO./GASOL., FUNCIONANDO - IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>31.100,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51280", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51280", "VW; GOL 1.0 GIV; 2011/2011; PRATA; ALCO./GASOL; FROTA 169-22-05-2020 - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>12.350,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51255", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51255", "VOLKSWAGEN; KOMBI FURGÃO; 2006/2006; ALCO/GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51556", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51556", "VW; FUSCA 1300; 1974/1974; MARROM; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51558", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51558", "VW: GOL 1.0; 2003/2003; CINZA; GASOLINA; FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>5.800,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51559", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51559", "SUBARU; SVX 3.3 CUPÊ 4X4 AUT; 1993; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>15.250,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51286", "029")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51286", "CAMINHÃO SCANIA G420A6X4; 2008/2008; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>80.350,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51252", "048")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51252", "FIAT PALIO WEEKEND ATTRATIVE ANO 2016 MOD 2017, COR PRATA, FLEX, FROTA 048 - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>18.800,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50300", "100")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50300", "VW; PASSAT LM; 1975/1975; BEGE; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>7.300,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51281", "103")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51281", "CHEVROLET; MONTANA LS; 2011/2012; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>17.800,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50292", "107")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50292", "FIAT; ARGO DRIVE 1.3; 2018/2019; BRANCA; GASOL./ALCOOL - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>34.250,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50299", "108")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50299", "CHEVROLET; PRISMA 1.4L LT; 2012/2012; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50297", "109")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50297", "FIAT UNO SPORTING 1.4; 2012/2013; BRANCA; ALCO./GASOL - FUNCIONANDO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>64</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>18.750,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51274", "112")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51274", "FIAT; MOBI WAY, 2017/2018, BRANCA; ALCO./GASOL. - COMPLETO - FROTA  063 - 05.06.202 - FUNCIONANDO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>22.250,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50291", "115")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50291", "HONDA HR-V EX; 2018/2018; VERMELHA; ALCO./GASOL. - FUNCIONANDO - APROX. 20.800KM")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>58.950,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50295", "116")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50295", "TOYOTA ETIOS SEDAN; 2013/2014; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>18.250,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51276", "118")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51276", "FIAT PALIO WEEKEND ATTRATIVE ANO 2016 MOD 2017, COR PRATA, FLEX, FROTA 118 - FUNCIONANDO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>18.900,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50293", "120")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50293", "HYUNDAI; SONATA GLS.; 2011/2012; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>38.150,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50298", "122")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50298", "I; AUDI A3 SPORTBACK 2.0T FSI; 2010/2011; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>30.150,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50294", "125")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50294", "MITSUBISHI; LANCER 2.0 "CVT", 2011/2012; GASOLINA; PRETA - FUNCIONANDO - IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>24.650,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51543", "128")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51543", "RENAULT CLIO AUT 10 16VH; 2006/2007; VERMELHA; ALCO/GASOL.")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>7.150,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51272", "129")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51272", "FORD; TRST, MODIFICAR TP, 2010/2011, BRANCA; DIESEL; FROTA 851")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>11.350,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51273", "140")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51273", "FORD; TRST, MODIFICAR TP, 2010/2011, BRANCA; DIESEL; FROTA 091")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50290", "156")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50290", "I; MERCEDES BENZ ML 320 AB54; 2000/2000; GASOLINA; PRATA, FUNCIONANDO - IPVA 2020 PAGO - BLINDADO")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>8.550,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50289", "158")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50289", "HONDA; FIT LX CVT; 2016/2016; CINZA; ALCO/ GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>82</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>38.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50367", "187")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50367", "VW; KOMBI FURGÃO; 2013/2014; BRANCA; ALCO./GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50366", "190")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50366", "MITSUBISHI; LANCER 2.0, 2012/2012; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>64</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51560", "203")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51560", "HONDA; FIT LXL; 2003/2004; PRATA; GASOLINA - FUNCIONANDO - IPVA PAGO")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51253", "303")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51253", " FIAT PALIO WEEKEND ATTRATIVE ANO 2016 MOD 2017, COR PRATA, FLEX, FROTA 298 - FUNCIONANDO")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>89</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>18.900,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...25 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50369", "320")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50369", "JOGO DE RODAS DE LIGA ARO 18 DENVER TALA 8,5 FURAÇÃO 5x100")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51254", "358")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51254", " FIAT PALIO WEEKEND ATTRATIVE ANO 2016 MOD 2017, COR PRATA, FLEX, FROTA 358 - FUNCIONANDO")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>78</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>18.550,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...330 lines deleted...]
-      <c r="C26" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51270", "368")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51270", "FIAT PALIO WEEKEND ATTRATIVE ANO 2016 MOD 2017, COR PRATA, FLEX, FROTA 368 - FUNCIONANDO")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D26" s="4" t="inlineStr">
-[...425 lines deleted...]
-      <c r="F39" s="4" t="inlineStr">
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>74</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50370", "398")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50370", "JOGO COM 04 RODAS DE LIGA LEVE ARO 16 COM PNEUS E UM PNEU 195 X 55 X 16")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50373", "400")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50373", "JOGO COM 04 RODAS DE LIGA LEVE ARO 18 COM 2 PNEUS")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-[...399 lines deleted...]
-      <c r="D52" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50372", "402")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50372", "JG DE RODAS COM PNEUS 235 X 75 X 15")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E52" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F52" s="4" t="inlineStr">
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-[...158 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50371", "405")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50371", "JOGO DE RODAS DE LIGA COM PNEUS 195 X 55 X 16")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>