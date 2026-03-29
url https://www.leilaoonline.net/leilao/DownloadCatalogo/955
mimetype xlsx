--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,763 +269,671 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50340", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50340", " CAMINHAO POLIGUINDASTE SIMPLES - FORD - 1517 - T1 4X2 - 2005 PLACA AMW3506 RENAVAM:  858398400 CHASSI:  9BFXTNCF45BB52015 MOTOR:  30794752 OBS:   VEICULO COM MOTOR FUNDIDO. NECESSITA DE REPAROS DE FUNILARIA, PINTURA, CALDEIRARIA, TAPEÇARIA E SUSPENSÃO.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>61</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50341", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50341", " KOMBI - VOLKSWAGEN - T1 4X2 - 2011 PLACA EYF1H82 RENAVAM:  00327592494 CHASSI:  9BWMF07X5CP002282 MOTOR:  BTJ766365 OBS:   NECESSITA DE REPAROS EM GERAL DE FUNILARIA, PINTURA, SUSPENSÃO E TAPEÇARIA.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>8.250,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50359", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50359", " GOL 1.0 - VOLKSWAGEN - T1 4X2 - 2009 PLACA EIZ6234 RENAVAM:  00132470730 CHASSI:  9BWAA05U39T216410 MOTOR:  CCN125431 OBS:   NECESSITA DE REPAROS EM GERAL DE FUNILARIA, PINTURA, SUSPENSÃO E TAPEÇARIA.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50354", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50354", " SAVEIRO 1.6 - VOLKSWAGEN - SAVEIRO 1.6 - T1 4X2 - 2011 PLACA EYF1781 RENAVAM:  00327594462 CHASSI:  9BWKB05U1CP017552 MOTOR:  CCRL29621 OBS:   NECESSITA DE REPAROS EM GERAL DE FUNILARIA, PINTURA, SUSPENSÃO, TAPEÇARIA E MOTOR")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>9.250,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50345", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50345", " KOMBI - VOLKSWAGEN - T1 4X2 - 2011 PLACA EWN8791 RENAVAM:  409444871 CHASSI:  9BWMF07X6CP017096 MOTOR:  BTJ780766 OBS:   NECESSITA DE REPAROS EM GERAL DE FUNILARIA, PINTURA, SUSPENSÃO, TAPEÇARIA E MOTOR.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>9.750,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50357", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50357", " GOL 1.0 - VOLKSWAGEN - T1 4X2 - 2009 PLACA EIZ6163 RENAVAM:  129497320 CHASSI:  9BWAA05U29T217239 MOTOR:  CCN126743 OBS:   VEICULO COM MOTOR FUNDIDO. NECESSITA DE REPAROS EM GERAL DE FUNILARIA, PINTURA, SUSPENSÃO, DIREÇÃO E TAPEÇARIA.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50358", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50358", " CAMINHAO COMPACTADOR 15 M3 - FORD - 1723 - T1 4X2 - 2013 PLACA OUO5116 RENAVAM:  567454371 CHASSI:  9BFYEAHD7DBS39269 MOTOR:  36433810 OBS:   VEICULO COM MOTOR FUNDIDO. NECESSITA DE REPAROS EM GERAL DE FUNILARIA, PINTURA, SUSPENSÃO,  DIREÇÃO E TAPEÇARIA.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>87</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>78.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50350", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50350", " CAMINHAO POLIGUINDASTE DUPLO - FORD - 2423 - T4 6X2 - 2012 PLACA FCB6329 RENAVAM:  467779252 CHASSI:  9BFYEAKD0DBS13234 MOTOR:  36383182 OBS:   NECESSITA DE REPAROS EM GERAL DE FUNILARIA, PINTURA, SUSPENSÃO, MOTOR, DIREÇÃO E TAPEÇARIA.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>124</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>101.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50361", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50361", " CAMINHAO BAU RSS 25 M3 - VOLKSWAGEN - 7110 - T1 4X2 - 2003 PLACA DKB2155 RENAVAM:  808098020 CHASSI:  9BW8C42R13316011 MOTOR:  4100255 OBS:   PEQUENOS REPAROS DE MOTOR, FUNILARIA E TAPEÇARIA")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50351", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50351", " CAMINHAO BAU RSS 20 M3 - VOLKSWAGEN - 5140 - T1 4X2 - 2007 PLACA DAH9789 RENAVAM:  929024800 CHASSI:  9BWA932P67R727970 MOTOR:  P1A010207 OBS:   PEQUENOS REPAROS DE FUNILARIA E PINTURA")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>32.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50349", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50349", " CAMINHAO COMPACTADOR 19 M3 - VOLKSWAGEN - 17280 - T4 6X2 - 2013 PLACA AYP1924 RENAVAM:  01115067246 CHASSI:  953658240ER420074 MOTOR:  2093701A523695 OBS:   NECESSITA DE CAMBIO, DIFERENCIAL, TAPEÇARIA EM GERAL, CARDANS, CUICAS DE FREIO, VARIAS PEÇAS DO IMPLEMENTO. MOTOR COM PROBLEMAS. ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>43.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50347", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50347", " PRENSA ENFARDADEIRA VERTICAL - 2009 PLACA PRS0001")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>6.200,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50356", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50356", " PRENSA ENFARDADEIRA VERTICAL - 2009 PLACA PRS0002")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>6.800,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50343", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50343", " PRENSA ENFARDADEIRA HORIZONTAL 1190/09 - 2009 PLACA PRS0003")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>11.250,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...25 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50346", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50346", " MINI CARREGADEIRA NEW HOLLAND PLACA MNC0001")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50348", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50348", " TRATOR ESTEIRA D6ESR CATERPILLAR - 1994 PLACA TES0794")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>251</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>91.650,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...15 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50360", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50360", " IMPLEMENTO POLIGUINDASTE SIMPLES PLACA N/A")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...25 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50344", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50344", " TANQUE ROLL-ON GRIMALDI - 2009 PLACA N/A")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50352", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50352", " MINI CARREGADEIRA S185 BOB CAT -2012 PLACA MNC4151")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50342", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50342", " TRATOR ESTEIRA D61PX KOMATSU - 2008 PLACA TES0791 -")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>89</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>124.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50353", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50353", " ROLO COMPACTADOR CA15 DYNAPAC - 1995 PLACA N/A -")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="B17" s="4" t="inlineStr">
-[...461 lines deleted...]
-      </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>33.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50355", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50355", " ESCAVADEIRA HIDRAULICA 320C CATERPILLAR - 2004 PLACA ESC1239 -")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>58.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50362", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50362", " IMPLEMENTO CAIXA COMPACTADORA DE LIXO 15 M3 FACCHINI PLACA N/A -")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>