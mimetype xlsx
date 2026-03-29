--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,1467 +269,1287 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50443", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50443", "[ RETIRADO ] MICRO MARCOPOLO. ANO 01.")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>26.950,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50447", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50447", " [ VÍDEO ] PÁ CARREGADEIRA XGMA. ANO 2010")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50446", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50446", " PATROL FIATALLIS FG70. ANO 96")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>53.900,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50451", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50451", " [ RETIRADO ] PATROL DRESSER 140S. ANO 82")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>23.100,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50448", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50448", " PATROL DRESSER 130M. ANO 84")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>23.100,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50445", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50445", " PATROL CAT 120B. ANO 80")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>19.250,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50452", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50452", " ROLO TEMA TERRA SP6000. ANO 83")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
         <is>
           <t>26.950,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50449", "011")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50449", " PÁ CARREGADEIRA CATERPILLAR. MOD. CAT 966R. ANO 87 (Transmissão CAT)")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50444", "012")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50444", " PÁ CARREGADEIRA MICHIGAN 55A. ANO 81")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>42.350,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50450", "014")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50450", " PÁ CARREGADEIRA VOLVO L70D. ANO 2001")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>58.250,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50453", "016")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50453", "[ VÍDEOS ] PÁ CARREGADEIRA MICHIGAN. MOD. 55C. ANO 91")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50454", "019")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50454", "[ VÍDEO ] ROLO MULLER TC18. ANO 92")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>32.400,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50455", "021")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50455", "[ RETIRADO ] MINI ESCAVADEIRA VOLVO. MOD. EC35. ANO 2013")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50697", "022")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50697", "[ VÍDEO ] PÁ CARREGADEIRA KOMATSU. MOD. WA180. ANO 2001")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>75.450,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50692", "023")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50692", "[ VÍDEOS ] TRATOR ESTEIRA FIATALLIS. MOD. FD9. ANO 97")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>110.100,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50693", "024")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50693", " [ VÍDEO ] ROLO COMPACTADOR MULLER. MOD. VAP70. ANO 2004")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50696", "025")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50696", " [ VÍDEO ] PÁ CARREGADEIRA MICHIGAN. MOD. 75III. ANO 79")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...139 lines deleted...]
-      <c r="A17" s="5" t="inlineStr">
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>34.650,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50695", "026")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50695", "[ VÍDEO ] MOTONIVELADORA CATERPILLAR. MOD. 120H. ANO 98")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>110.100,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50694", "027")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50694", " [ VÍDEO ] ROLO COMPACTADOR DYNAPAC. MOD CA25. ANO 94")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>69.700,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50698", "028")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50698", " [ VÍDEOS ] TRATOR ESTEIRA FIATALLIS. MOD. FD9. ANO 89")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>98.550,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51112", "029")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51112", "[ VÍDEOS ] TRATOR DE ESTEIRA FIATALLIS. MOD. 14CT. ANO 94")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>110.100,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51301", "030")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51301", "[ VÍDEOS ] RETRO ESCAVADEIRA NEW HOLLAND. MOD. LB90 4X4. ANO 2011")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>79.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51492", "031")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51492", "[ VÍDEOS ] RETRO ESCAVADEIRA CASE. MOD. 580L 4X2. ANO 2001")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>49.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51865", "032")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51865", "[ VÍDEO ] ROLO COMPACTADOR DYNAPAC. MOD. LR95. ANO 99")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52136", "033")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52136", "[ VÍDEOS ] TRATOR DE ESTEIRA. MOD. FD130. ANO 2004.")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>131.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52137", "034")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52137", "[ VÍDEO ] TRATOR DE ESTEIRA CATERPILLAR. MOD. CAT D6C. EMBREAGEM ANO 77")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>74.910,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52138", "035")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52138", "[ VÍDEOS ] ESCAVADEIRA CAT 321D . MARCA: CATERPILLAR . MODELO:  CAT 321D. ANO: 2009 ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>121.450,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52222", "036")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52222", "[ VÍDEO ] PÁ CARREGADEIRA CASE. MOD. W20E. ANO 2001.")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>108.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52223", "037")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52223", "TRATOR MASSEY FERGUSON. MOD. 65X (CANELA GROSSA)")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
-      <c r="B17" s="4" t="inlineStr">
-[...73 lines deleted...]
-      <c r="D19" s="4" t="inlineStr">
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>13.250,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52224", "038")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52224", "[ VÍDEO ] ESCAVADEIRA CAT. MOD. 312C. ANO 2006")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>117.300,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52852", "039")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52852", "[ VÍDEO ] TRATOR ESTEIRA CATERPILLAR. MOD. D6D SR EMBREAGEM. ANO 89")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>165.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52853", "040")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52853", "GRADE HIDRÁULICA. 16 DISCOS.")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>15.200,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50435", "103")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50435", " ROLO DE PNEUS DYNAPAC CP 27, ANO: 1994  . MARCA: DYNAPAC . MODELO:  CP-27 . ANO: 1994 ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50436", "104")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50436", " COMPRESSOR INGERSSOL-RAND, HOR. 468619 . MARCA: INGERSOL-RAND")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>220.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50431", "105")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50431", " CARRETA C/ MESA DE 6 M ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50437", "106")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50437", " ROLO LISO MULLER T62H C/ TRANSMISSÃO HIDROSTÁTICA . MARCA: MULLER . MODELO:  T62H")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E19" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C20" s="4" t="inlineStr">
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50434", "109")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50434", " ROLO LISO DYNAPAC CG11 . MARCA: DYNAPAC . MODELO:  CG11 . ANO: 1988 ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D20" s="4" t="inlineStr">
-[...186 lines deleted...]
-      <c r="C26" s="4" t="inlineStr">
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>6.200,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50438", "110")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50438", " ROLO LISO DYNAPAC CG11 . MARCA: DINAPAC . MODELO:  CG11 . ANO: 1988 ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D26" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="D27" s="4" t="inlineStr">
+      <c r="D48" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E27" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D28" s="4" t="inlineStr">
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50433", "111")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50433", " ROLO LISO INCOMPLETO")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E28" s="5" t="inlineStr">
-[...548 lines deleted...]
-      <c r="F45" s="4" t="inlineStr">
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-[...126 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51284", "113")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51284", " [ VÍDEO ] GUINDASTE S/ ESPECIFICAÇÕES. ANO: 1980 ")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50432", "117")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50432", " ROLO COMPACTADOR MULLER TC18 . MARCA: MULLER . MODELO:  TC18 . ANO: 1987 ")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50439", "126")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50439", " ROLO DE PNEUS TT SP-8000 . MARCA: TEMA TERRA . MODELO:  TT SP-8.000 . ANO: 1982 ")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50440", "127")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50440", " ROLO DE PNEUS TT SP-8000HD . MARCA: TEMA TERRA . MODELO:  TT SP-8.000 HD . ANO: 1985 ")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50441", "132")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50441", "DRAGLINE MARCA HR")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50442", "133")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50442", "ROLO MULLER. AP35")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>