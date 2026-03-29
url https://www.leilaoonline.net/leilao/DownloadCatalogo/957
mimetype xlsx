--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,603 +269,531 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50401", "139")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50401", "CAMINHÃO MB LAS 1934, ANO 1989, COR BRANCA, LOC. PIRACICABA ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50402", "140")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50402", "CAMINHÃO MB L 1313 6X2 3 EIXO, ANO 1976, COR AZUL , LOC. PIRACICABA")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50390", "141")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50390", "CAMINHÃO VOLVO NL 10 340 TB IC 4X2 CAVALO, COR VERMELHA, ANO 1991, -  LOC. PIRACICABA ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>16.250,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50399", "142")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50399", "CAMINHÃO VOLVO NL 12 360 TB IC 4X2 CAVALO, ANO 1994, COR, LOC. PIRACICABA ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50395", "143")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50395", "CAMINHÃO MB L 1519 6X2 3 EIXO, ANO 1977, COR VERMELHA , LOC. PIRACICABA ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50400", "144")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50400", "CAMINHÃO MB L 1519 6X2 3 EIXO, ANO 1980, COR BRANA , LOC. PIRACICABA ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>12.250,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50392", "145")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50392", "CAMINHÃO MB L 1519 6X2  3 EIXO, COR AZUL, ANO 1980, LOC.PIRACICABA ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50393", "146")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50393", "CAMINHÃO MB LS 1933 4X2, COR BRANCA, ANO 1989, LOC. PIRACICABA ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>23.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52211", "147")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52211", "CARRETA SEMI REBOQUE 3 EIXOS BASCULANTE - IDEROL - 1994 - AZUL - LOC. PIRACICABA")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>12.750,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52212", "148")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52212", "CARRETA SEMI REBOQUE 3 EIXOS BASCULANTE - ANTONINI - 1986 - LARANJA - LOC. PIRACICABA")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52213", "149")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52213", "CARRETA SEMI REBOQUE 3 EIXOS BASCULANTE - ANTONII - 1988 - VERMELHA -  LOC. PIRACICABA")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52214", "150")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52214", "CARRETA SEMI REBOQUE 3 EIXOS BASCULANTE - IDEROL - 1985 -  BRANCA -  LOC. PIRACICABA")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52215", "151")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52215", "CARRETA SEMI REBOQUE 3 EIXOS BASCULANTE - FACCHINI SRFCB - 1997 - BRANCA - LOC. PIRACICABA")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50391", "158")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50391", "CAMINHÃO MB L - 1933, COR BRANCA, ANO 1988/1989, LOC. PIRACICABA ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>17.250,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50403", "13051")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50403", "CAMINHÃO MB L 1313 6X2 3 EIXO, ANO 1981, COR VERMELHA, LOC. SÃO BERNARDO DO CAMPO/ SP")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>12.750,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52147", "13056")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52147", "MB LK 1113 6X2, ANO 1980, COR AMARELA  (veja especificações)")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>18.750,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50398", "13069")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50398", "CAMINHÃO MB LS 1929 6X2 3 EIXO, MOTOR 1935, ANO 1986,COR BRANCA , LOC. PIRACICABA ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>72</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>33.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50397", "13070")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/50397", "CAMINHÃO MB LS 1924 6X2, MOTOR 1935, ANO 1981, COR BRANCA , LOC. PIRACICABA ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>