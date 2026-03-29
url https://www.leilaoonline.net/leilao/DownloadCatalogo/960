--- v0 (2025-11-15)
+++ v1 (2026-03-29)
@@ -269,6235 +269,5459 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51848", "170")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51848", "CAMINHÃO VW/BMB 31.320 CNC CM 6x4, ANO 2011/2012, FR40332, UND IPAUSSU ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>94</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>95.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51849", "171")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51849", "CAMINHÃO VW/BMB 31.320 CNC C 6X4, ANO 2011/2012, FR40331, UND IPAUSSU (n. motor divergente)")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>87</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>89.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51850", "172")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51850", "TRATOR VALTRA BH180 4X4, ANO 2004,  FR47332, SÉRIE BH18440219, UND IPAUSSU ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>57.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51851", "173")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51851", "TRATOR CASE MAXXUM 180 4X4, ANO 2010, FR49545, UND IPAUSSU")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>67</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>60.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51982", "242")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51982", "CAMINHÃO VW/BMB 31.320 CNC CM 6X4, ANO 2010, FR58632, UND BOM RETIRO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>81</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>70.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51979", "243")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51979", "CAMINHÃO VW/15.180 EURO3 WORKER COMBOIO, ANO , FR34092/37849, UND B. RETIRO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>74</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>71.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51986", "244")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51986", "CHEVROLET/S10 LS FD2, ANO 2013, C. DUP, FLEX, FR63542, UND B. RETIRO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52062", "300")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52062", "375 UNIDADES GAVETEIRO (aproximadamente) veja descritivo, S/FR, UND (CAR) PIRACICABA")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>6.650,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52071", "301")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52071", "veja descritivo de itens, MOBILIÁRIO DIVERSOS E OUTROS ITENS UND VILA MARIA")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51360", "2015")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51360", " TRANSBORDO ATA, 2010, FR70607, UND DIAMANTE")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>11.650,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51354", "2016")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51354", " TRANSBORDO ATA, 2010, FR107698, UND DIAMANTE")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>7.300,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51369", "2017")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51369", " TRANSBORDO ATA, 2010, FR55046, UND DIAMANTE")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>10.750,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51393", "2018")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51393", " TRANSBORDO SANTAL, 2013, FR70641, UND DIAMANTE")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>4.900,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51392", "2019")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51392", " TRANSBORDO ATA, 2010, FR70698, UND DIAMANTE")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>89</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>22.650,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51396", "2020")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51396", " TRANSBORDO SANTAL, 2013, FR70600, UND DIAMANTE")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>63</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>15.750,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51394", "2021")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51394", " TRANSBORDO SANTAL, 2013, FR70644, UND DIAMANTE")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>105</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>23.550,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51563", "2463")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51563", "SONDA S/FR, UND DIAMANTE")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51400", "3000")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51400", " 1 COBRIDOR E 1 SULCADOR, FR103364/103468, UND BARRA")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>3.650,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51409", "3014")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51409", " 4 PNEUS C/ RODAS, S/FR, UND BARRA")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51439", "3016")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51439", " TRATOR VALTRA BH205I, 2011, FR163450, UND BARRA (MOTOR TRAVADO)")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>71</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>59.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51405", "3026")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51405", " 1 DESENLEIRADEIRA, DRIA,, FR103435, UND BARRA")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>2.450,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51427", "3050")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51427", " TRATOR NEM HOLLAND T8.295,2014, FR88466, UND BARRA")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>94</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>152.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51424", "3051")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51424", " TRATOR NEM HOLLAND T8.295,2014, FR100058, UND BARRA")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>161.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51411", "3052")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51411", " ADUBADEIRA JUMIL, FR103951, UND BARRA")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51415", "3053")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51415", " ADUBADEIRA JUMIL, FR103952, UND BARRA")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51417", "3054")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51417", " ADUBADEIRA JUMIL, FR103955, UND BARRA")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51413", "3055")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51413", " ADUBADEIRA JUMIL, FR103959, UND BARRA")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51414", "3056")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51414", " ADUBADEIRA JUMIL, FR103953, UND BARRA")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51419", "3057")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51419", " CARRETA DE PLANTIO, 2012, FR103272, UND BARRA")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>7.050,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51420", "3058")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51420", " CARRETA DE PLANTIO, 2012, FR103270, UND BARRA")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51401", "3059")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51401", " CARROCERIA COMBOIO SUCATEADA, FR96558, (PL. EAJ8098), UND BARRA")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>5.800,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51407", "3060")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51407", " CAIXOTE CARROCERIA CANA INTEIRA, 2012, FR96397, UND BARRA")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>3.350,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51429", "3061")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51429", " TRATOR NEW HOLLAND T8 270, 2014, FR100057, UND BARRA")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>107</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>162.500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51421", "3062")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51421", " TRATOR NEM HOLLAND T8.295,2014, FR50938, UND BARRA")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>104</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>157.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51437", "3063")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51437", " TRATOR VALTRA BH205I, 2009, FR163439, UND BARRA")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>82</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>64.500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51434", "3064")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51434", " TRATOR VALTRA BH205I, 2009, FR163438, UND BARRA")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>102</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>68.500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51433", "3065")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51433", " TRATOR VALTRA BH210I, 2014, FR100732, UND BARRA")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>124</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51431", "3066")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51431", " TRATOR VALTRA BH210I, 2014, FR100728, UND BARRA")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>136</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>103.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51438", "3067")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51438", " CARREGADEIRA, ANO 2011, MOTO CANA, TRATOR M.FERG. 292 SEM INF. DO ANO, SEM SÉRIE, FR23535, UND BARRA")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>67.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51428", "3068")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51428", " TRATOR VALTRA BH210I, 2014, FR100726, UND BARRA")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>165</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>106.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51426", "3069")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51426", " TRATOR CASE MX 270 MAGNUM 4X4, 2010, UND BARRA")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>69</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>72.500,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51425", "3070")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51425", " TRATOR VALTRA BH210I, ANO 2014, FR50833, UND BARRA")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>147</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>108.500,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51406", "3071")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51406", " CARRETA DE TORTA, FR103626, UND BARRA")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>5.750,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51404", "3072")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51404", " CARRETA DE TORTA, FR103641, UND BARRA")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51430", "3073")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51430", " TRATOR VALTRA BH210I, 2014, FR100719, UND BARRA")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>107.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51422", "3074")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51422", " TRATOR CASE MAXXUM 180 4X4, 2010, FR71877, UND BARRA")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>53.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51999", "3075")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51999", "TRATOR VALTRA BH210I 4X4, ANO 2014, FR100736, UND BARRA")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>139</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51440", "3076")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51440", " TRATOR CASE MX 240 MAGNUM 4X4, 2010, UND BARRA (SUCATEADO)")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>47.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51423", "3077")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51423", " TRATOR CASE MAXXUM 180 4X4, ANO 2010, FR7102823, UND BARRA")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>56.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51416", "3078")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51416", " 2 SULCADOR, FR755/103354, UND BARRA")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51403", "3079")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51403", " 1 ENLEIRADEIRA, FR103428, UND BARRA")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51418", "3080")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51418", " LÁMINA, FR96897, UND BARRA")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51436", "3081")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51436", " CARREGADEIRA MOTO CANA S/ INF. DO ANO, TRATOR FORD 6630 S/ INF. DO ANO, SEM SÉRIE, FR100897, UND BARRA")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>71</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>65.500,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51397", "3082")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51397", "R/RANDONSP RQ CA RANDON 8,20 M, 2012, FR96840, UND BARRA")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>13.750,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51398", "3083")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51398", "R/RANDONSP RQ CA RANDON 8,20 M, 2012, FR96851, UND BARRA")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51395", "3084")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51395", " PRANCHA R/RODOFORTSA RC 3E, ANO 2010, FR96897, UND BARRA")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>18.750,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51855", "3085")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51855", "60 PNEUS (aproximados) DIVERSOS, S/FR, UND BARRA veja especificações")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>12.100,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52102", "3089")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52102", "1 ROÇADEIRA HIDRÁULICA, FR103756, UND BARRA")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>3.450,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52103", "3090")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52103", "1 ROÇADEIRA HRIDÁULICA, FR103752, UND BARRA")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>4.050,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52104", "3091")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52104", "5 GARRAFÃO DE VIDRO 20 lts aproximadamente, S/FR, UND BARRA")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>170,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52105", "3092")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52105", "1 ROLO DE BORRACHA, S/FR, UND BARRA")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51410", "3484")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51410", " CARRETA DE TORTA, FR103662, UND BARRA")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>3.650,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51435", "3617")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51435", " TRATOR CASE MAXXUM 180 4X4, 2010, FR102827, UND BARRA")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>62.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51412", "3658")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51412", " CARRETA ESPA. CALCÁRIO, FR103665, UND BARRA")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>83</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>18.150,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51408", "3670")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51408", " ADUBADEIRA JUMIL, FR74025, UND BARRA")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51399", "3689")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51399", " R/RANDONSP RQ CA RANDON 8,20 M, 2012, FR96855, UND BARRA")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51402", "3755")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51402", " CARROCERIA DE MADEIRA, FR98596, UND BARRA")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51355", "4019")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51355", " SUCATA DE TRATOR CASE, ANO....,FR....UND PARAÍSO")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>108</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>29.750,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51361", "4090")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51361", " MOTO BOMBA, FR19978, UND PARAÍSO")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51348", "4091")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51348", " MOTO BOMBA, FR19812/228, UND PARAÍSO")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>13.750,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51363", "4093")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51363", "SR/USICAMP SRCP E2 10000  12,50 M,  ANO 2008, FR96267, UND S. CÂNDIDA - (VENDA SEM PNEUS E RODAS)")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>28.500,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51349", "4094")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51349", " SR/USICAMP SRCP E2 10000  12,50 M,  ANO 2009, FR164010, UND S. CÂNDIDA - (VENDA SEM PNEUS E RODAS)")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>24.500,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51356", "4095")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51356", " SR/RANDON SR CA 11,80 M,  ANO 2007, FR46828, UND S. CÂNDIDA - (VENDA SEM PNEUS E RODAS)")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51359", "4096")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51359", " SR/USICAMP SRCP E2 10000 12,50 M,  ANO 2008, FR96287, REC. CSV - UND S. CÂNDIDA - (VENDA SEM PNEUS E RODAS)")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51368", "4097")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51368", " SR/USICAMP SRCP E2 10000 12,50 M,  ANO 2008, FR96264, UND S. CÂNDIDA - (VENDA SEM PNEUS E RODAS)")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>26.500,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51364", "4098")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51364", "SR/USICAMP SRCP E2 10000  12,50 M,  ANO 2009, FR164005, UND S. CÂNDIDA - (VENDA SEM PNEUS E RODAS)")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>26.500,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51362", "4099")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51362", "SR/USICAMP SRCP E2 10000 12,50 M,  ANO 2008, FR96274, UND S. CÂNDIDA - (VENDA SEM PNEUS E RODAS)")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51367", "4100")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51367", "SR/USICAMP SRCP E2 10000  12,50 M,  ANO 2008, FR96270, UND S. CÂNDIDA - (VENDA SEM PNEUS E RODAS)")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51350", "4101")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51350", "SR/RANDON SR CA 11,80 M,  ANO 2007, FR96187, UND S. CÂNDIDA - (VENDA SEM PNEUS E RODAS)")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51366", "4102")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51366", "SR/USICAMP SRCP E2 1000012,50 M,  ANO 2008, FR96265, UND S. CÂNDIDA - (VENDA SEM PNEUS E RODAS)")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51353", "4103")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51353", "SR/USICAMP SRCP E2 10000 12,50 M,  ANO 2008, FR96700, UND S. CÂNDIDA - (VENDA SEM PNEUS E RODAS)")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51358", "4104")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51358", "SR/USICAMP SRCP E2 10000 12,50 M,  ANO 2008, FR96293, UND S. CÂNDIDA - (VENDA SEM PNEUS E RODAS)")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51365", "4105")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51365", "SR/USICAMP SRCP E2 10000 12,50 M,  ANO 2008, FR96253, UND S. CÂNDIDA - (VENDA SEM PNEUS E RODAS)")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51357", "4107")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51357", "SR/USICAMP SRCP E2 10000  12,50 M,  ANO 2008, FR91157, UND S. CÂNDIDA - (VENDA SEM PNEUS E RODAS)")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>25.500,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51852", "17001")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51852", "MOTO BOMBA MWM 610 TCA, FR49747, UND IPAUSSU ")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>9.950,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51853", "17002")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51853", "3 CENTRIFUGAS veja especificações, Patr. 19013/1995/45/48/51/15680/85/,UND TARUMÃ ")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>106</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>35.450,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51869", "20220")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51869", "TRANSBORDO SEMARG 2 CAIXAS, ANO 2009, FR38337, UND COSTA PINTO")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51925", "20246")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51925", "REBOQUE ANTONINI, 7,60 C. INTEIRA, ANO 1992, FR66048, UND COSTA PINTO")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51968", "20251")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51968", "TRATOR VALTRA BH 210I 4X4, ANO 2014, FR50831, UND COSTA PINTO")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>115</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>94.000,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51969", "20271")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51969", "R/SERGOMEL RSCPI 4E  C. PICADA, ANO 2014, FR17239, UND COSTA PINTO")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51971", "20273")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51971", "IMPLEMENTO, FR57040, UND COSTA PINTO")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51868", "20303")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51868", "HIDROROL METALMAG, FR57268, UND COSTA PINTO")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52861", "20305")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52861", "TROCADORES DE CALOR - UNIDADE C.PINTO")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52028", "21181")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52028", " R/RANDONSP RQ CA 12,5M, FR56838, ANO 2010/2011, UND RAFARD ")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>39.500,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52024", "21182")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52024", "R/RANDONSP RQ CA 4E 12,5M, FR36273, ANO 20102011, UND RAFARD ")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>37.000,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52017", "21183")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52017", " SR/RODOFORTSA SRC 2E 12,50M, FR56319, ANO 2008, UND RAFARD ")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>46.000,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52020", "21184")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52020", " R/RANDONSP RQ CA 12,5M, FR56809, ANO 2010, UND RAFARD ")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>31.500,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52012", "21185")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52012", "R/RANDONSP RQ CA 12,5M, FR36285, ANO 2010/2011, UND RAFARD ")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>36.500,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52013", "21186")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52013", " PLANTADORA CANA ATA PCP 1102, FR48214, UND RAFARD")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>3.550,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52026", "21187")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52026", " REBOQUE CANA PICADA, FR139933, ANO 2010, UND RAFARD ")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>36.500,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51972", "21188")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51972", "CAMINHÃO W/BMB 31.320 CNC CM 6X4, ANO 2010, FR139265, UND RAFARD (n. motor divergente)")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>95</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>73.500,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52018", "21189")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52018", " SR/RANDONSP SRBS IN 10M C/TANQUE, FR67368/66165, ANO 2010, UND RAFARD ")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>83</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52022", "21190")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52022", " CARROCERIA CINZA CANA INTEIRA, FR37880, ANO 2016UND RAFARD")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52021", "22130")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52021", " VENTILADOR CENTRIFUGO VIBROTEC- PTR. 78110, UND SANTA HELENA")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51974", "22136")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51974", "CAMINHÃO VW/26.220 EURO3 WORKER  6X4, ANO 2010/2011, FR96618/37863, UND SANTA HELENA")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>93</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>92.000,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51976", "22138")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51976", "PÁ CARREGADEIRA CAT 938H, ANO 2011, FR23424, UND SANTA HELENA")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>140.000,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52023", "22139")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52023", "CARRETA TANQUE, FR22826, UND SANTA HELENA ")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>8.100,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52019", "22148")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52019", "sucata de  TORNO, PTR. 265608, UND SANTA HELENA")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52030", "23046")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52030", " 1 TRANSPORTADOR DE CORREIA DIM 18M, PTR 66838, UND SÃO FRANCISCO")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>1.450,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52015", "23047")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52015", " 1 ESTEIRA TRANSPORTADORA DALLA DL1002, PTR 66836, UND SÃO FRANCISCO")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52027", "23048")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52027", " 1 ESTEIRA TRANSP 60 MERCURIO PN2200, PTRM. 212697, UND SÃO FRANCISCO")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>1.550,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52031", "23050")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52031", " REBOQUE TANQUE  7,60M, FR22890, ANO 1981, UND SÃO FRANCISCO ")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>8.950,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52036", "24014")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52036", " 1 TRITURADOR DE PALHA TRITON (vermelho), FR139927, ANO 2010, UND BOM RETIRO")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>6.200,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51989", "24105")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51989", "TRATOR VALTRA 205I 4X4 HIFLOW, ANO 2011, FR163455, UND B. RETIRO")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>87</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>66.500,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51990", "24150")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51990", "TRATOR VALTRA 205I, ANO 2011, FR163446, UND B. RETIRO")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>82</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>66.000,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52042", "24169")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52042", " 1 TERRACEADOR, FR165242, UND BOM RETIRO")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>9.100,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52034", "24190")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52034", " 1 SUBSOLADOR, FR25659, UND BOM RETIRO")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>4.350,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52038", "24194")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52038", " 1 CARRETA ABRIGO OPERADORES RSA, FR139435, ANO 2012, UND BOM RETIRO ")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>5.800,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51992", "24198")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51992", "TRATOR CASE 240, ANO 2010, FR100047, UND B. RETIRO")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>63</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>61.500,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51993", "24199")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51993", "TRATOR CASE MX 240 MAGNUM 4X4, ANO 2011, FR100052, UND B. RETIRO")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>74</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>62.500,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52025", "24235")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52025", " 1 TRITURADOR DE PALHA, FR25273, UND BOM RETIRO")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52044", "24236")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52044", " 1 ELHEIRADOR, FR67179, UND BOM RETIRO")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>2.950,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51985", "24295")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51985", "CAMINHÃO VOLVO/N10 INTERCOOLER II, ANO 1988,  FR52759, UND B. RETIRO (FALTANDO PEÇAS)")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52033", "24318")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52033", " 1 GRADE ARADORA CIVEMASA, FR139994, UND BOM RETIRO")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>67</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>17.300,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52014", "24319")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52014", " 1 GRADE, FR139907, UND BOM RETIRO")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>76</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>19.450,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52040", "24320")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52040", " 1 SUBSOLADOR, FR37357, UND BOM RETIRO")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52037", "24321")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52037", " 1 SUBSOLADOR,FR38262, UND BOM RETIRO")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>4.400,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
-      <c r="A138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52041", "24322")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52041", " COLHEDORA CASE 8800, FR139511, ANO 2010, BOM RETIRO")</f>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52029", "24323")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52029", " COLHEDORA CASE 8800, FR139507, ANO2010, UND BOM RETIRO")</f>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
-      <c r="A140" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52011", "24324")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52011", " TRANSBORDO SERMAG, FR55041, ANO 2009, UND BOM RETIRO")</f>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>10.250,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
-      <c r="A141" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52043", "24326")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52043", " 1 QUEBRA LOMBO (DMB), FR67135, UND BOM RETIRO")</f>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
-      <c r="A142" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52035", "24327")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52035", " 1 ARADO REVERSIVEL PSHC 432, FR25614, UND BOM RETIRO")</f>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>8.800,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
-      <c r="A143" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52016", "24328")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52016", " 1 ARADO PTR.150056, UND BOM RETIRO")</f>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
-      <c r="A144" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51996", "24329")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51996", "TRATOR CASE 270 NAGNUM, ANO 2010, FR61016, UND B. RETIRO")</f>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
           <t>99</t>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t>68.500,00</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
-      <c r="A145" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51994", "24330")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51994", "TRATOR VALTRA BH 205I HIFLOW 4X4, ANO 2008, FR163432, UND B. RETIRO")</f>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>117</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>73.500,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
-      <c r="A146" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51988", "24331")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51988", "CAMINHÃO VW/26.220 EURO3 WORKER 6X4, ANO 2010 C/ TANQUE, FR57508/52500, UND BOM RETIRO")</f>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t>71.500,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
-      <c r="A147" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51987", "24332")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51987", "CAMINHÃO VW/26.220 EURO3 WORKER  C. TANQUE, ANO 2010/2011, FR52536/57509, UND B RETIRO")</f>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
           <t>88</t>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t>72.000,00</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
-      <c r="A148" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52039", "24333")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52039", " TRANBORDO, FR55042, ANO 2009, UND BOM RETIRO")</f>
       </c>
       <c r="C148" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t>10.750,00</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
-      <c r="A149" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52032", "24338")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52032", "TRANSBORDO ANTONIOSI ATA 12000 12T, FR57177, ANO 2010, UND BOM RETIRO")</f>
       </c>
       <c r="C149" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t>10.750,00</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
-      <c r="A150" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51442", "24600")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51442", "sucata trator  VALTRA BM 125I 4X4, ANO 2008, SÉRIE, M125231639,  FR163425, UND JATAÍ")</f>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t>14.250,00</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
-      <c r="A151" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51443", "24602")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51443", " CARRETA SERVIÇOS DIVERSOS, FR163711, UND JATAÍ")</f>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
-      <c r="A152" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51444", "24603")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51444", " DOLLY USICAMP, FR164785, UND JATAÍ (VENDA SEM DOCUMENTO)")</f>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t>5.650,00</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
-      <c r="A153" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51446", "24604")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51446", "1 DOLLY USICAMP, FR164806, UND JATAÍ ( VENDA SEM DOCUMENTO)")</f>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
-      <c r="A154" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51828", "24605")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51828", "4 COBRIDORES, FR165261/2/4-165334, UND JATAÍ")</f>
       </c>
       <c r="C154" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
-      <c r="A155" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51829", "24606")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51829", "BALANCEADORA, S/FR, UND JATAÍ")</f>
       </c>
       <c r="C155" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
-      <c r="A156" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51830", "24607")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51830", "3 IMPLEMENTOS: 2 SUBSOLADOR E 1 ARADO, FR165231/80/83, UND JATAÍ")</f>
       </c>
       <c r="C156" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
-      <c r="A157" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51831", "24608")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51831", "SUCATA DE TORRE OBSERVAÇÃO, S/FR, UND JATAÍ")</f>
       </c>
       <c r="C157" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
-      <c r="A158" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51450", "24609")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51450", " CARRETA ABAST. BAZUCA, FR165346, UND JATAÍ")</f>
       </c>
       <c r="C158" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
           <t>81</t>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t>14.200,00</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
-      <c r="A159" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51451", "24610")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51451", " CARRETA BASCULANTE BALDAN,FR165382, UND JATAÍ")</f>
       </c>
       <c r="C159" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
-      <c r="A160" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51452", "24611")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51452", " SR/USICAMP SRCP E2 1000012,50 M, ANO 2009, FR164020, UND JATAÍ")</f>
       </c>
       <c r="C160" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
-      <c r="A161" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51453", "24612")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51453", " SR/USICAMP SRCP E2 10000 12,50 M, ANO 2009, FR164021, UND JATAÍ")</f>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
-      <c r="A162" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51454", "24613")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51454", "SR/USICAMP SRCP E2 10000 12,50 M, ANO 2009, FR164028, UND JATAÍ")</f>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
-      <c r="A163" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51455", "24614")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51455", " SR/USICAMP SRCP E2 10000 12,50 M, ANO 2009, FR164038, UND JATAÍ")</f>
       </c>
       <c r="C163" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
-      <c r="A164" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51480", "24615")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51480", "SR/USICAMP SRCP E2 10000 12,50 M, ANO 2009, FR164046, UND JATAÍ")</f>
       </c>
       <c r="C164" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
-      <c r="A165" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51483", "24616")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51483", "SR/USICAMP SRCP E2 10000 12,50 M, ANO 2009, FR164059, UND JATAÍ ")</f>
       </c>
       <c r="C165" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D165" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
-      <c r="A166" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51481", "24617")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51481", " SR/USICAMP SRCP E2 10000 12,50 M, ANO 2009, FR164064, UND JATAÍ (venda sem o dolly)")</f>
       </c>
       <c r="C166" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D166" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E166" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
-      <c r="A167" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51482", "24618")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51482", "SR/USICAMP SRCP E2 10000 12,50 M, ANO 2009, FR164066, UND JATAÍ")</f>
       </c>
       <c r="C167" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E167" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
-      <c r="A168" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51479", "24619")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51479", "SR/USICAMP SRCP E2 10000 12,50 M, ANO 2009, FR164074, UND JATAÍ")</f>
       </c>
       <c r="C168" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D168" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E168" s="5" t="inlineStr">
         <is>
           <t>16.250,00</t>
         </is>
       </c>
       <c r="F168" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
-      <c r="A169" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51484", "24620")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51484", " SR/USICAMP SRCP E2 10000 12,50 M, ANO 2009, FR164083, UND JATAÍ")</f>
       </c>
       <c r="C169" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D169" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F169" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
-      <c r="A170" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51485", "24621")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51485", "REB/ANTONINI 9,60 M, ANO 1993, FR56221, UND JATAÍ")</f>
       </c>
       <c r="C170" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D170" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E170" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F170" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
-      <c r="A171" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51488", "24622")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51488", " REB/ANTONINI 9,60 M, ANO1995, FR22525, UND JATAÍ")</f>
       </c>
       <c r="C171" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D171" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E171" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F171" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
-      <c r="A172" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51487", "24623")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51487", "REB/ANTONINI 9,60 M, ANO1995, FR22527, UND JATAÍ")</f>
       </c>
       <c r="C172" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D172" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E172" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F172" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
-      <c r="A173" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51486", "24624")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51486", " REB/ANTONINI 9,60 M, ANO1995, FR22528, UND JATAÍ")</f>
       </c>
       <c r="C173" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D173" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F173" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
-      <c r="A174" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51462", "24625")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51462", "REB/ANTONINI 9,60 M, ANO1995, FR22529, UND JATAÍ")</f>
       </c>
       <c r="C174" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D174" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E174" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F174" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
-      <c r="A175" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51469", "24626")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51469", "REB/ANTONINI 9,60 M, ANO1995, FR22530, UND JATAÍ")</f>
       </c>
       <c r="C175" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D175" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F175" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
-      <c r="A176" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51459", "24627")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51459", " REB/ANTONINI 9,60 M, ANO 1993, FR56164, UND JATAÍ")</f>
       </c>
       <c r="C176" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D176" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E176" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F176" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
-      <c r="A177" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51468", "24628")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51468", " S.REBOQUE ANTONINI 9,60 M, ANO 1993, FR56163, UND JATAÍ")</f>
       </c>
       <c r="C177" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D177" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
-      <c r="A178" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51458", "24629")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51458", " REB/ANTONINI  9,60 M, ANO 1993, FR22502, UND JATAÍ")</f>
       </c>
       <c r="C178" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D178" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E178" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F178" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
-      <c r="A179" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51476", "24630")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51476", " REB/ANTONINI S.REBOQUE ANTONINI 9,60 M, ANO 1993, FR22505, UND JATAÍ (VENDA SEM O DOLLY)")</f>
       </c>
       <c r="C179" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D179" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E179" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F179" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
-      <c r="A180" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51467", "24631")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51467", "REB/ANTONINI S.REBOQUE ANTONINI 9,60 M, ANO 1993, FR56165, UND JATAÍ")</f>
       </c>
       <c r="C180" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D180" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E180" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F180" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
-      <c r="A181" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51470", "24632")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51470", " REB/ANTONINI S.REBOQUE ANTONINI 9,60 M, ANO 1993, FR56167, UND JATAÍ")</f>
       </c>
       <c r="C181" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D181" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E181" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F181" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
-      <c r="A182" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51383", "24633")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51383", " REB/ANTONINI  S.REBOQUE ANTONINI 9,60 M, ANO 1993, FR56170, UND JATAÍ")</f>
       </c>
       <c r="C182" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D182" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E182" s="5" t="inlineStr">
         <is>
           <t>10.250,00</t>
         </is>
       </c>
       <c r="F182" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
-      <c r="A183" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51371", "24634")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51371", "REB/ANTONINI S.REBOQUE ANTONINI 9,60 M, ANO 1993, FR56172, UND JATAÍ")</f>
       </c>
       <c r="C183" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D183" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E183" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F183" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
-      <c r="A184" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51384", "24635")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51384", " REB/ANTONINI S.REBOQUE ANTONINI 9,60 M, ANO 1993, FR56174, UND JATAÍ (venda sem o dolly)")</f>
       </c>
       <c r="C184" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D184" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E184" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F184" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
-      <c r="A185" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51380", "24636")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51380", " REB/ANTONINI S.REBOQUE ANTONINI 9,60 M, ANO 1993, FR56176, UND JATAÍ")</f>
       </c>
       <c r="C185" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D185" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E185" s="5" t="inlineStr">
         <is>
           <t>10.250,00</t>
         </is>
       </c>
       <c r="F185" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
-      <c r="A186" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51378", "24637")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51378", " REB/ANTONINI S.REBOQUE ANTONINI 9,60 M, ANO 1993, FR56196, UND JATAÍ")</f>
       </c>
       <c r="C186" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D186" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E186" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F186" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
-      <c r="A187" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51387", "24638")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51387", " REB/FNV FRUEHAUF RCR S.REB. 9,60 M, ANO 1993, FR96055, UND JATAÍ")</f>
       </c>
       <c r="C187" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D187" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E187" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F187" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
-      <c r="A188" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51385", "24639")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51385", " REB/TECTRAM SRCM F2 S.REBOQUE 9,60 M, ANO 1994, FR96058, UND JATAÍ")</f>
       </c>
       <c r="C188" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D188" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E188" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F188" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
-      <c r="A189" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51372", "24640")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51372", " REB/TECTRAM SRCM F2  S.REBOQUE 9,60 M, ANO 1994, FR96059, UND JATAÍ")</f>
       </c>
       <c r="C189" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D189" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E189" s="5" t="inlineStr">
         <is>
           <t>10.250,00</t>
         </is>
       </c>
       <c r="F189" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
-      <c r="A190" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51389", "24641")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51389", " REB/TECTRAM SRCM F2  S.REBOQUE 9,60 M, ANO 1994, FR96061, UND JATAÍ")</f>
       </c>
       <c r="C190" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D190" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E190" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F190" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
-      <c r="A191" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51382", "24642")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51382", " REB/TECTRAM SRCM F2 S.REBOQUE  9,60 M, ANO 1994, FR96066, UND JATAÍ")</f>
       </c>
       <c r="C191" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D191" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E191" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F191" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
-      <c r="A192" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51374", "24643")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51374", " REB/TECTRAM SRCM F2  S.REBOQUE 9,60 M, ANO 1994, FR96067, UND JATAÍ (venda sem o dolly)")</f>
       </c>
       <c r="C192" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D192" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E192" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F192" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
-      <c r="A193" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51386", "24644")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51386", "REB/TECTRAM SRCM F2 S.REBOQUE 9,60 M, ANO 1994, FR96068, UND JATAÍ (venda sem o dolly)")</f>
       </c>
       <c r="C193" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D193" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E193" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F193" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
-      <c r="A194" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A194" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51375", "24645")</f>
+      </c>
+      <c r="B194" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51375", " REB/TECTRAM SRCM F2  S.REBOQUE  9,60 M, ANO 1994, FR96069, UND JATAÍ (venda sem o dolly)")</f>
       </c>
       <c r="C194" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D194" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E194" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F194" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
-      <c r="A195" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A195" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51370", "24647")</f>
+      </c>
+      <c r="B195" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51370", "R/RANDONSP RQ CA  12,5M, ANO 2010, FR121477, UND JATAÍ (venda sem o dolly)")</f>
       </c>
       <c r="C195" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D195" s="4" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="E195" s="5" t="inlineStr">
         <is>
           <t>29.250,00</t>
         </is>
       </c>
       <c r="F195" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
-      <c r="A196" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A196" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51373", "24648")</f>
+      </c>
+      <c r="B196" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51373", "R/RANDONSP RQ CA  12,5M, ANO 2010, FR36256, UND JATAÍ")</f>
       </c>
       <c r="C196" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D196" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E196" s="5" t="inlineStr">
         <is>
           <t>23.250,00</t>
         </is>
       </c>
       <c r="F196" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
-      <c r="A197" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A197" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51377", "24649")</f>
+      </c>
+      <c r="B197" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51377", "REB/ANTONINI  7,60M, ANO 1996, FR46803, UND JATAÍ")</f>
       </c>
       <c r="C197" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D197" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E197" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F197" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
-      <c r="A198" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A198" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51376", "24650")</f>
+      </c>
+      <c r="B198" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51376", " REB/ANTONINI RA CN  7,60M, ANO 1996, FR46812, UND JATAÍ")</f>
       </c>
       <c r="C198" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D198" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E198" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F198" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
-      <c r="A199" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A199" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51391", "24651")</f>
+      </c>
+      <c r="B199" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51391", "REB/ANTONINI   7,60M, ANO 1996, FR46813, UND JATAÍ (sem o dolly)")</f>
       </c>
       <c r="C199" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D199" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E199" s="5" t="inlineStr">
         <is>
           <t>5.750,00</t>
         </is>
       </c>
       <c r="F199" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
-      <c r="A200" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A200" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51379", "24652")</f>
+      </c>
+      <c r="B200" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51379", " REBOQUE ANTONINI  7,60M, ANO 1996, FR46815, UND JATAÍ")</f>
       </c>
       <c r="C200" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D200" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E200" s="5" t="inlineStr">
         <is>
           <t>5.750,00</t>
         </is>
       </c>
       <c r="F200" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
-      <c r="A201" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A201" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51381", "24653")</f>
+      </c>
+      <c r="B201" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51381", " REBOQUE ANTONINI  7,60M, ANO 1996, FR46816, UND JATAÍ")</f>
       </c>
       <c r="C201" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D201" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E201" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F201" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
-      <c r="A202" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A202" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51390", "24654")</f>
+      </c>
+      <c r="B202" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51390", " REBOQUE ANTONINI  7,60M, ANO 1996, FR46817, UND JATAÍ")</f>
       </c>
       <c r="C202" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D202" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E202" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F202" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
-      <c r="A203" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A203" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51463", "24655")</f>
+      </c>
+      <c r="B203" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51463", " REBOQUE ANTONINI  7,60M, ANO 1996, FR46818, UND JATAÍ")</f>
       </c>
       <c r="C203" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D203" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E203" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F203" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
-      <c r="A204" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A204" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51461", "24656")</f>
+      </c>
+      <c r="B204" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51461", " REBOQUE ANTONINI  7,60M, ANO 1996, FR46822, UND JATAÍ")</f>
       </c>
       <c r="C204" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D204" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E204" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F204" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>