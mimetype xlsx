--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,1915 +269,1679 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51327", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51327", "4 TRILHOS FERROVIÁRIOS TR57 COM APROX. 10M. CADA - (LANCE POR KG) APROX. 2.280KG")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1,64</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>0.02</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51328", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51328", "4 TRILHOS FERROVIÁRIOS TR57 COM APROX. 10M. CADA - (LANCE POR KG) APROX. 2.280KG")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1,64</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>0.02</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51329", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51329", "4 TRILHOS FERROVIÁRIOS TR57 COM APROX. 10M. CADA - (LANCE POR KG) APROX. 2.280KG")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1,64</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>0.02</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51330", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51330", "4 TRILHOS FERROVIÁRIOS TR57 COM APROX. 10M. CADA - (LANCE POR KG) APROX. 2.280KG")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1,59</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>0.03</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51812", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51812", "40 TON. DE TRILHOS FERROVIÁRIOS - (LANCE POR KG)")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1,62</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>0.03</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51814", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51814", "30 TON. DE TRILHOS FERROVIÁRIOS - (LANCE POR KG)")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>46.800,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>0.03</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51303", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51303", "PA CARREGADEIRA MOD CLG 816 C ANO 2012 MARCA LIUGONG, FUNCIONADO CHASSIS 3609")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>60.800,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51304", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51304", "PA CARREGADEIRA MOD CLG 816 C ANO 2014 MARCA LIUGONG, FUNCIONADO CHASSIS 3063")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>61.450,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52007", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52007", "TRATOR VALTRA BH 180, ANO 2006 - FUNCIONANDO ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>79</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>58.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52005", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52005", "TRATOR, MASSEY FERGUSSON, 50X, VERMELHO, ANO 1970 - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>11.250,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52006", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52006", "TRATOR VALMET 86 I.D ANO 1978 - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>12.750,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51561", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51561", "BOTE INFLÁVEL COM MOTOR 50 HP - COMPRIMENTO 4,50 M - ANO 2012 - MATERIAL CONSTRUÇÃO DO CASCO: FIBRA DE VIDRO - CARRETINHA INCLUSA")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51562", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51562", "LANCHA ANO 1995 MOTOR 135 HP - COMPRIMENTO TOTAL: 6,45 M - CARRETINHA INCLUSA")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52008", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52008", "TRATOR VALMET AMARELO 1960 - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>6.250,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51841", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51841", "TRATOR MASSEY FERGUSSON 65X ANO 70 RODEIRO ALTO 18-4-30 3 - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51305", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51305", "PÁ CARREGADEIRA CASE W7 - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>25.250,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51331", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51331", "PÁ CARREGADEIRA ESTEIRA CATERPILAR 933 - G")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>14.750,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52009", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52009", "HYUNDAI; HR HDB; 2007/2008; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>22.850,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52010", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52010", "GM; MONTANA CONQUEST; 2005/2005; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>11.800,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51332", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51332", "GERADOR BD 6500 CFE BRANCO DIESEL 5.5KVA")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.650,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52078", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52078", "ENSILADEIRA MENTA SUPREMA; ANO 2013 COM CONTROLE")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51325", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51325", "TANQUE DE AGUA DE 5000 LTS. ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51324", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51324", "TANQUE PULVERIZADOR DE 2000 LTS MARCA K.O. ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51326", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51326", "ROCADEIRA KAMAK DUPLA DE 2.6 MTS CENTRAL SEMI LATERAL")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>4.900,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52079", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52079", "COLHEDEIRA DE CEREAIS MARCA MASSEY FERGUSSON MODELO 1630 COM BOCA PARA COLHER MILHO E SOJA")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>58</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>9.550,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52080", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52080", "TRATOR VALMET. 65 I.D, ANO 1973, FREIO À DISCO. FUNCIONANDO. CÂMBIO REVISADO.")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>77</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51323", "031")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51323", "TURBINA K27 COM CAIXA QUENTE PULSATIVA - BOM ESTADO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51302", "035")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51302", "GUINSDASTE HYSTER "CANARINHO" CAP 4TON. - FUNCIONANDO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51306", "036")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51306", "GUINDASTE kranekar   (FUNCIONANDO) veja o vídeo clickar na 1ª foto")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52101", "037")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52101", "ESCAVADEIRA DE PNEUS POCLAIN - FUNCIONANDO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52210", "047")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52210", "BAÚ COM 3.30 M; COMP. COM 1M AVANÇO; 1. 80M ALT.; 1.70 M LARG . COM PORTA LATERAL")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.550,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51307", "048")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51307", "CARRETEL ENROLADOR")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51842", "050")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51842", "GRUPO GERADOR LEON HEIMER 70 KVA, COM MOTOR PERKINS 4 CILINDROS, TURBINADO, FUNCIONANDO, PATRIMÔNIO G20-4 - LOT 4")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51843", "051")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51843", "GRUPO GERADOR STEMAC 400 KVA, MOTOR CUMMINS NTA 855 REFORMADO 0,10. 220 VOLTS NO ESTADO, PATRIMÔNIO G20-18 - LOT 18")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>18.250,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51844", "052")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51844", "GRUPO GERADOR HANS STILL 59 KVA, NO ESTADO, PATRIMÔNIO G20-20 - LOT 20")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51845", "053")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51845", "GRUPO GERADOR CODIMA 60 KVA, NO ESTADO, PATRIMÔNIO G20-21 - LOT 21")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>3.300,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51846", "054")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51846", "GRUPO GERADOR MOTOREN WERKE 80 KVA, NO ESTADO, PATRIMÔNIO G20-22 - LOT 22")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>2.450,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51847", "055")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51847", "GRUPO GERADOR MOTOREN WERKE 59 KVA, NO ESTADO, PATRIMÔNIO G20-23 - LOT 23")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.950,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51338", "056")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51338", "GERADOR NEGRINI 150KVA")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51335", "057")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51335", " GRUPO GERADOR STEMAC 150 KVA, GERADOR WEG 220/380/440 VOLTS, MOTOR SCANIA 112, FUNCIONANDO - LOT 11")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>9.750,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51336", "058")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51336", " GRUPO GERADOR STEMAC 400 KVA, MOTOR CUMMINS NTA 855, REFORMADO, 0,10 BIG CAM, 380 VOLTS")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>10.250,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51333", "059")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51333", "GRUPO GERADOR STEMAC 408/450 KVA, MOTOR CUMMINS NTA 855 G3 , Nº 15 - LOT 124")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51339", "060")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51339", " GRUPO GERADOR POLIDIESEL 53 KVA, COM MOTOR PERKINS, FUNCIONANDO - LOT 05")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51337", "061")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51337", "GRUPO GERADOR PALMERO 1000KVA")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51317", "104")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51317", " TRANSFORMADOR ADELCO 2.000 KVA 2008 6.500 KG TR 3.000 Nº SERIE: 5011826")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>19.750,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51320", "106")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51320", " TRANSFORMADOR ADELCO 2.500 KVA 2008 7.300 KG TR 3.000 Nº SERIE: 5011828")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51318", "107")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51318", " TRANSFORMADOR ADELCO 3.000 KVA 2008 8.000 KG TR 3.000 Nº SERIE: 5011829")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51319", "108")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51319", " TRANSFORMADOR ADELCO 3.000 KVA 2008 8.000 KG TR 3.000 Nº SERIE: 501830")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51316", "109")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51316", " TRANSFORMADOR ADELCO 2.000 KVA 2008 6.500 KG TR 3.000 Nº SERIE: 501825")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51312", "111")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51312", " TRANSFORMADOR ADELCO 7.500 KVA 2008 15.000 KG TR 3.000 Nº SERIE: 501843")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>40.250,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51314", "112")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51314", " TRANSFORMADOR ADELCO 7.500 KVA 2008 15.000 KG TR 3.000 Nº SERIE: 501841")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>40.250,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51313", "113")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51313", " TRANSFORMADOR ADELCO 7.500 KVA 2008 15.000 KG TR 3.000 Nº SERIE: 501842")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51315", "114")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51315", " TRANSFORMADOR ADELCO 7.500 KVA 2008 15.000 KG TR 3.000 Nº SERIE: 501844")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51334", "205")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51334", "GRUPO GERADOR NEGRINI 40 KVA MOTOR PERKIS 4236 AUTOMÁTICO, COM QUADRO")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51310", "208")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51310", "ROTO FINISH DE ACABAMENTO, MOD ST9,0, SERIE 1352")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51309", "209")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51309", "MANIPULADOR ELÉTRICO MARCA SCAGLIA COM CABEÇOTE ORBITAL DE GARFO DE POSICIONAMENTO")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51322", "222")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51322", "BROCA SDS BOSCH PARA FURAR CONCRETO - MEDIDAS 35 X 800 X 920 - NOVA NUNCA USADA")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51311", "223")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51311", "ESTEIRA  TRANSPORTADORA DE CAVACO MARCA KFA")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
-[...112 lines deleted...]
-      <c r="A15" s="5" t="inlineStr">
+      <c r="D68" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...1709 lines deleted...]
-      </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>375,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51308", "224")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51308", " COMPRESSOR PARAFUSO TOTAL PACK 20 HP USADO NO ESTADO")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>7.250,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>