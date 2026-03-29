--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,6011 +269,5263 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51807", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51807", " [ VÍDEO ] SUZUKI YES. ANO 2005/2006. DOCUMENTAÇÃO EM ORDEM. EM FUNCIONAMENTO.")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>2.140,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51760", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51760", "02 PARES DE CALÇADOS. SENDO 01 PAR DE BOTAS CANO ALTO Nº 34 E 01 PAR DE SAPATO ALTO Nº 37 (MARCA ELLUS, ORIGINAL)")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51978", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51978", "CAIXA REGISTRADORA RENA, ANTIGA, TOTALMENTE ORIGINAL, COM GAVETA E SINO INTERNO. RELÍQUIA PARA COLECIONADORES OU PARA RESTAURAÇÃO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51764", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51764", " LOTE C/ 30 GARRAFAS DE CACHAÇA AMARELINHA. 720ml CADA, ENVELHECIDAS DIRETO DE BARRIS DE CARVALHO.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51805", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51805", "COLEÇÃO DE MOEDAS E DINHEIRO ANTIGO. APROX. 100 MOEDAS E 30 CÉDULAS. PARA COLECIONADORES. RARIDADES DA DÉCADA DE 1800 E 1900")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51732", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51732", "LOTE C/ APROX. 100 UNIDADES DE LÂMPADAS PHILIPS H7 ORIGINAL. 12 V. PARA USO EM VEÍCULOS AUTOMOTIVOS OU MOTOCICLETAS. (Produto sem uso. Na caixa)")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52225", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52225", "Esfigmomanômetro (aparelho para medir pressão) antigo, de 1940. RELÍQUIA. Fabricado na Alemanha, todo original, em estojo de Baquelite. Segunda Guerra Mundial. Raridade. Para Colecionadores. (Funcionando)")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51704", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51704", " LOTE C/ APROX. 100 UNIDADES DE SPINNER, VÁRIAS CORES E MODELOS, (SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53521", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53521", "BICICLETA MONARK 10 TOTALMENTE ORIGINAL,  DÉCADA DE 1970 RELÍQUIA PARA COLECIONADORES.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51806", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51806", " Bicicleta Caloi Berlineta 1969. Relíquia para Colecionadores.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51735", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51735", " 30 GARRAFAS DE CACHAÇA SABOR BANANA - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51729", "014")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51729", " 12 LUMINÁRIAS DE TETO  METÁLICA E REFLETORES CROMADOS")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51736", "016")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51736", " 30 GARRAFAS DE CACHAÇA SABOR COQUNHO MEL - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51808", "017")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51808", " KIT DE BAULETOS TOP CASE RONCAR COM  CHAVE e CHAVE RESERVA, SENDO 02 BAÚ LATERAL SIDE CASE 01 BAÚ TRASEIRO TOP CASE, AMBOS EM ALUMÍNIO.P/ MOTOCICLETAS BIGTRAIL.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.450,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...20 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51728", "018")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51728", " BALCÃO ADEGA DE LUXO, DUPLA FACE C/ 14 DIVISÕES , EM MADEIRA LAMINADA.")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51733", "020")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51733", "LOTE C/ APROX. 100 UNIDADES DE LÂMPADAS PHILIPS H7 ORIGINAL. 12 V. PARA USO EM VEÍCULOS AUTOMOTIVOS OU MOTOCICLETAS. (Produto sem uso. Na caixa)")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51756", "022")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51756", " Lote contendo coleção 100 unidades  de Mini-Garrafas, de bebidas originais, diversos rótulos e sabores")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51720", "024")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51720", "30 GARRAFAS DE CACHAÇA DE CARVALHO 720ml CADA GARRAFA")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51734", "030")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51734", "LOTE C/ APROX. 100 UNIDADES DE LÂMPADAS PHILIPS H7 ORIGINAL. 12 V. PARA USO EM VEÍCULOS AUTOMOTIVOS OU MOTOCICLETAS. (Produto sem uso. Na caixa)")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51770", "031")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51770", "KIT COLEÇÃO C/ 30 MINI GARRAFAS SUVENIR. 60ml CADA, SENDO CACHAÇA/ VODKA / BLEND/ LICORES/ COQUETEL E OUTROS. CERCA DE 30 SABORES DIFERENTES. GARRAFAS DE VIDRO, TAMPA DE ALUMÍNIO, BEBIDAS ORIGINAIS.")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>190,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51745", "032")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51745", "30 GARRAFAS DE CACHAÇA CARVALHO OURO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51615", "034")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51615", " [ VÍDEO ] LOTE ÚNICO: 07 SUCATAS DE PARTES DE MOTOCICLETAS ANTIGAS DA DÉCADA DE 1980 (PARA COLECIONADORES OU RESTAURAÇÃO). SENDO YAMAHA RX-180cc , YAMAHA RD-135cc, YAMAHA RX-125cc e outras.")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51776", "035")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51776", " 30 GARRAFAS DE CACHAÇA SABOR COQUNHO MEL - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51778", "037")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51778", " 30 GARRAFAS DE CACHAÇA SABOR CANELINHA OURO - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51731", "038")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51731", " LOTE C/ 06 APARELHOS CELULAR E 45  BATERIAS , DIVERSAS MARCAS E MODELOS.")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51741", "041")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51741", "100 GARRAFAS DE CACHAÇA SABORES VARIADOS - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51759", "042")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51759", " 70 UNIDADES DE CAPAS P/ CADEIRAS , PRODUZIDAS  EM TECIDOS CETIM  COR BRANCA. (SEM USO)")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51783", "043")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51783", "200 GARRAFAS DE CACHAÇA SABORES VARIADOS - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51730", "044")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51730", " LOTE COM APROX. 100 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51779", "046")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51779", " 30 GARRAFAS DE CACHAÇA SABORES VARIADOS - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51780", "048")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51780", " 30 GARRAFAS DE CACHAÇA SABORES VARIADOS - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51711", "049")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51711", " LOTE C/ 30 GARRAFAS DE COQUETEL DE MARACUJÁ 96. (13,5 GL)")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51766", "050")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51766", " LOTE C/ 30 GARRAFAS DE CACHAÇA AMARELINHA. 720ml CADA, ENVELHECIDAS DIRETO DE BARRIS DE CARVALHO.")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51768", "051")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51768", "KIT COLEÇÃO C/ 30 MINI GARRAFAS SUVENIR. 60ml CADA, SENDO CACHAÇA/ VODKA / BLEND/ LICORES/ COQUETEL E OUTROS. CERCA DE 30 SABORES DIFERENTES. GARRAFAS DE VIDRO, TAMPA DE ALUMÍNIO, BEBIDAS ORIGINAIS.")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>190,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51737", "053")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51737", "100 GARRAFAS DE CACHAÇA SABORES VARIADOS - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51786", "054")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51786", "300 GARRAFAS DE CACHAÇA SABORES VARIADOS - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51761", "070")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51761", " LOTE COM APROX. 1.000 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51742", "071")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51742", " 30 GARRAFAS DE CACHAÇA SABOR PEQUI - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51638", "072")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51638", "04 QUILOS DE SEMENTE DE UMBURANA/ AMBURANA, UTILIZADA EM ENVELHECIMENTO DE CACHAÇA OU PARA PLANTIOS, SUA MADEIRA É NOBRE , UTILIZADA NA FABRICAÇÃO DE BARRIL/ DORNAS PARA ARMAZENAMENTO DE CACHAÇA OU ENVELHECIMENTO")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51708", "073")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51708", " LOTE C/ 30 GARRAFAS DE COQUETEL DE MARACUJÁ 96. (13,5 GL)")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51740", "075")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51740", "100 GARRAFAS DE CACHAÇA SABORES VARIADOS - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51762", "077")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51762", " LOTE COM APROX. 1.000 UNIDADES DE SPINNERS , DIVERSOS MODELOS E CORES. (sem uso, nas caixas) [ Confira o Vídeo ]")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51775", "078")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51775", " 30 GARRAFAS DE CACHAÇA SABOR COQUNHO MEL - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51801", "079")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51801", "30 GARRAFAS DE CACHAÇA SABOR COQUINHO COM MEL")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51803", "085")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51803", "30 GARRAFAS DE CACHAÇA SABOR AMARULA")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51744", "086")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51744", " 30 GARRAFAS DE CACHAÇA SABOR UMBURANA - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51709", "087")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51709", " LOTE C/ 30 GARRAFAS DE COQUETEL DE PÊSSEGO. 720ml CADA.")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51746", "088")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51746", "30 GARRAFAS DE CACHAÇA CARVALHO OURO")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51693", "089")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51693", "LOTE C/ APROX. 30 UNIDADES , SENDO ESQUADROS METALICOS , CANTONEIRAS METALICAS E 01 REGUA METÁLICA DE 1,00 METRO MARCA VONDER..")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51771", "090")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51771", "[ VÍDEO ] LOTE C/ 10 UNIDADES DE CANTIL DE BOLSO EM INOX. 240 ml CHEIOS DE VODKA. VÁRIOS MODELOS. PRODUTO ORIGINAL (SEM USO E COM AS CAIXAS INDIVIDUAIS)")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51789", "091")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51789", " 30 GARRAFAS DE CACHAÇA SABOR PEQUI - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51765", "095")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51765", " LOTE C/ 30 GARRAFAS DE CACHAÇA AMARELINHA. 720ml CADA, ENVELHECIDAS DIRETO DE BARRIS DE CARVALHO.")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51739", "096")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51739", " 30 GARRAFAS DE CACHAÇA SABOR UMBURANA COM MEL - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51753", "097")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51753", " LOTE C/ 30 GARRAFAS DE CACHAÇA PRATA. 720ml CADA, ENVELHECIDAS NO BARRIL DE MADEIRA")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51713", "098")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51713", " LOTE C/ 30 GARRAFAS DE COQUETEL DE PÊSSEGO. 720ml CADA.")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51794", "099")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51794", " 30 GARRAFAS DE CACHAÇA SABOR UMBURANA COM MEL - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51738", "101")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51738", " 30 GARRAFAS DE CACHAÇA SABOR AMARULA - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51781", "102")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51781", "200 GARRAFAS DE CACHAÇA SABORES VARIADOS - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51788", "103")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51788", " 30 GARRAFAS DE CACHAÇA SABOR PEQUI - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51758", "104")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51758", "KIT COLEÇÃO C/ 30 MINI GARRAFAS SUVENIR. 60ml CADA, SENDO CACHAÇA/ VODKA / BLEND/ LICORES/ COQUETEL E OUTROS. CERCA DE 30 SABORES DIFERENTES. GARRAFAS DE VIDRO, TAMPA DE ALUMÍNIO, BEBIDAS ORIGINAIS.")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>190,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51705", "105")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51705", " LOTE C/ 30 GARRAFAS DE CACHAÇA DE BANANA (38 GL). 720ml CADA, FEITA COM EXTRATO NATURAL DE BANANA (CACHAÇA DA ROÇA)")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51802", "106")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51802", "30 GARRAFAS DE CACHAÇA SABOR COQUINHO COM MEL")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51798", "107")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51798", " 30 GARRAFAS DE CACHAÇA SABOR JABUTICABA - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51722", "111")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51722", "30 GARRAFAS DE CACHAÇA CANELINHA OURO - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51791", "112")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51791", " 30 GARRAFAS DE CACHAÇA SABOR UMBURANA - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51799", "113")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51799", " 30 GARRAFAS DE CACHAÇA SABOR JABUTICABA - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51656", "121")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51656", " 30 GARRAFAS DE CACHAÇA SABOR UMBURANA MEL, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51712", "122")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51712", " LOTE C/ 30 GARRAFAS DE CACHAÇA DE BANANA (38 GL). 720ml CADA, FEITA COM EXTRATO NATURAL DE BANANA (CACHAÇA DA ROÇA)")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51695", "140")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51695", " 04 UNIDADES DE PINGOMETROS, SENDO A GARRAFA DE 1000ml C/ SUPORTE DE PAREDE,  TORNEIRA E ROLHA, CHEIO DE CACHAÇA AMARELINHA ENVELHECIDA")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>160,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51769", "141")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51769", "KIT COLEÇÃO C/ 30 MINI GARRAFAS SUVENIR. 60ml CADA, SENDO CACHAÇA/ VODKA / BLEND/ LICORES/ COQUETEL E OUTROS. CERCA DE 30 SABORES DIFERENTES. GARRAFAS DE VIDRO, TAMPA DE ALUMÍNIO, BEBIDAS ORIGINAIS.")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>190,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51777", "142")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51777", " 30 GARRAFAS DE CACHAÇA SABOR CANELINHA OURO - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51643", "146")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51643", "30 GARRAFAS DE CACHAÇA SABOR GUARANÁ, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51696", "147")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51696", " LOTE C/ 30 GARRAFAS DE CACHAÇA PRATA. 720ml CADA, ENVELHECIDAS NO BARRIL DE MADEIRA")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51774", "148")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51774", " 30 GARRAFAS DE CACHAÇA SABOR COQUNHO MEL - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51670", "150")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51670", "03 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA AMARELINHA ENVELHECIDA EM BARRIL DE MADEIRA DE CARVALHO")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51618", "155")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51618", "30 GARRAFAS DE CACHAÇA SABOR LIMÃO, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51772", "156")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51772", "[ VÍDEO ] LOTE C/ 10 UNIDADES DE CANTIL DE BOLSO EM INOX. 240 ml CHEIOS DE VODKA. VÁRIOS MODELOS. PRODUTO ORIGINAL (SEM USO E COM AS CAIXAS INDIVIDUAIS)")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51793", "157")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51793", " 30 GARRAFAS DE CACHAÇA SABOR UMBURANA COM MEL - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51797", "158")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51797", " 30 GARRAFAS DE CACHAÇA SABOR AMARULA - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51800", "159")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51800", " 30 GARRAFAS DE CACHAÇA SABOR JABUTICABA - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51687", "160")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51687", "LOTE C/ 10 UNIDADES DE CANTIL DE BOLSO EM INOX. 240 ml CHEIOS DE VODKA. VÁRIOS MODELOS. PRODUTO ORIGINAL (SEM USO E COM AS CAIXAS INDIVIDUAIS)")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51752", "161")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51752", " LOTE C/ 30 GARRAFAS DE CACHAÇA PRATA. 720ml CADA, ENVELHECIDAS NO BARRIL DE MADEIRA")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51692", "162")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51692", "LOTE COM 04 PINGÔMETROS DE MADEIRA. GARRAFA DE 1 LITRO, TORNEIRA CROMADA, CHEIOS DE CACHAÇA ENVELHECIDA DIRETO DO BARRIL DE CARVALHO")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>160,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51715", "165")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51715", "30 GARRAFAS DE CACHAÇA CANELINHA OURO - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51784", "166")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51784", "300 GARRAFAS DE CACHAÇA SABORES VARIADOS - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51632", "175")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51632", "LOTE COM: 30 GARRAFAS DE CACHAÇA DE BANANA.")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51679", "180")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51679", "10 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA AMARELINHA ENVELHECIDA EM BARRIL DE MADEIRA DE CARVALHO")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51691", "181")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51691", "KIT COLEÇÃO C/ 30 MINI GARRAFAS SUVENIR. 60ml CADA, SENDO CACHAÇA/ VODKA / BLEND/ LICORES/ COQUETEL E OUTROS. CERCA DE 30 SABORES DIFERENTES. GARRAFAS DE VIDRO, TAMPA DE ALUMÍNIO, BEBIDAS ORIGINAIS.")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>190,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51714", "185")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51714", "30 GARRAFAS DE CACHAÇA COQUINHO - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51787", "186")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51787", " 30 GARRAFAS DE CACHAÇA SABOR PEQUI - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51694", "190")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51694", " 04 UNIDADES DE PINGOMETROS, SENDO A GARRAFA DE 1000ml C/ SUPORTE DE PAREDE,  TORNEIRA E ROLHA, CHEIO DE CACHAÇA AMARELINHA ENVELHECIDA")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>160,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51750", "191")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51750", "30 GARRAFAS DE CACHAÇA PRATA DA ROÇA")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51767", "191")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51767", "KIT COLEÇÃO C/ 30 MINI GARRAFAS SUVENIR. 60ml CADA, SENDO CACHAÇA/ VODKA / BLEND/ LICORES/ COQUETEL E OUTROS. CERCA DE 30 SABORES DIFERENTES. GARRAFAS DE VIDRO, TAMPA DE ALUMÍNIO, BEBIDAS ORIGINAIS.")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>190,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51755", "192")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51755", " Lote contendo coleção 100 unidades  de Mini-Garrafas, de bebidas originais, diversos rótulos e sabores")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51790", "193")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51790", " 30 GARRAFAS DE CACHAÇA SABOR UMBURANA - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51686", "194")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51686", "10 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA PRATA ENVELHECIDA EM BARRIL DE MADEIRA")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51747", "201")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51747", "30 GARRAFAS DE CACHAÇA CARVALHO OURO")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51688", "205")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51688", "LOTE C/ 10 UNIDADES DE CANTIL DE BOLSO EM INOX. 240 ml CHEIOS DE VODKA. VÁRIOS MODELOS. PRODUTO ORIGINAL (SEM USO E COM AS CAIXAS INDIVIDUAIS)")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51796", "207")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51796", " 30 GARRAFAS DE CACHAÇA SABOR AMARULA - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51743", "212")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51743", " 30 GARRAFAS DE CACHAÇA SABOR JABUTICABA - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51804", "214")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51804", "30 GARRAFAS DE CACHAÇA SABOR AMARULA")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51619", "215")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51619", " 30 GARRAFAS DE CACHAÇA CANELINHA MEL - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51684", "216")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51684", "03 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA PRATA ENVELHECIDA EM BARRIL DE MADEIRA")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51792", "217")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51792", " 30 GARRAFAS DE CACHAÇA SABOR UMBURANA COM MEL - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51727", "221")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51727", "30 GARRAFAS DE CACHAÇA AMARULA MEL - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51620", "230")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51620", "30 GARRAFAS DE CACHAÇA COQUINHO MEL - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51726", "240")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51726", "30 GARRAFAS DE CACHAÇA AMARULA MEL - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51773", "241")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51773", "[ VÍDEO ] LOTE C/ 10 UNIDADES DE CANTIL DE BOLSO EM INOX. 240 ml CHEIOS DE VODKA. VÁRIOS MODELOS. PRODUTO ORIGINAL (SEM USO E COM AS CAIXAS INDIVIDUAIS)")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51622", "245")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51622", " 30 GARRAFAS DE CACHAÇA SABOR BLEND, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51667", "247")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51667", "03 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA AMARELINHA ENVELHECIDA EM BARRIL DE MADEIRA DE CARVALHO")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51782", "248")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51782", "200 GARRAFAS DE CACHAÇA SABORES VARIADOS - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51719", "255")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51719", " 30 GARRAFAS DE CACHAÇA SABOR UMBURANA MEL, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51716", "260")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51716", "30 GARRAFAS DE CACHAÇA AMARULA MEL - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51617", "265")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51617", "30 GARRAFAS DE VODKA 96, 1000ml CADA GARRAFA")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51649", "272")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51649", " 30 GARRAFAS DE CACHAÇA SABOR BLEND, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51717", "280")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51717", "30 GARRAFAS DE CACHAÇA AMARULA MEL - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51718", "290")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51718", "30 GARRAFAS DE CACHAÇA AMARULA MEL - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51795", "292")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51795", " 30 GARRAFAS DE CACHAÇA SABOR AMARULA - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51749", "296")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51749", "30 GARRAFAS DE CACHAÇA PRATA DA ROÇA")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51633", "305")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51633", "LOTE COM: 30 GARRAFAS DE CACHAÇA SABOR JABUTICABA.")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51613", "310")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51613", " LOTE CONTENDO APROX. 25 CHUVEIROS")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51700", "315")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51700", " 30 GARRAFAS DE CACHAÇA AMARELINHA DE ALAMBIQUE, ARMAZENADAS E ENVELHECIDAS EM BARRIL DE CARVALHO, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51614", "320")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51614", "Diversas churrasqueiras elétricas e Peças.")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>190,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51636", "325")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51636", " 30 GARRAFAS DE CACHAÇA SABOR UMBURANA MEL, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51652", "331")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51652", "LOTE COM: 30 GARRAFAS DE CACHAÇA SABOR JABUTICABA.")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51637", "345")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51637", "30 GARRAFAS DE CACHAÇA SABOR AMARULA")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51785", "346")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51785", "300 GARRAFAS DE CACHAÇA SABORES VARIADOS - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51621", "355")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51621", " 30 GARRAFAS DE VINHOS, TINTO SUAVE, TINTO SECO, BRANCO SUAVE, BRANCO SECO E ROSADO, SAFRA DELVIGO LEGÍTIMO, DE SANTA CATARINA")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51625", "365")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51625", " 30 GARRAFAS DE VINHO TINTO SUAVE. SAFRA DELVIGO. LEGÍTIMO DE SANTA CATARINA")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51626", "370")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51626", " 30 GARRAFAS DE VINHO TINTO SECO. SAFRA DELVIGO. LEGÍTIMO DE SANTA CATARINA")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51616", "375")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51616", " LOTE C/ 12 MEDIDORES TERMÔMETRO / TEMPERATURA.")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...410 lines deleted...]
-      <c r="E25" s="5" t="inlineStr">
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51623", "380")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51623", " 30 GARRAFAS DE VINHO BRANCO SUAVE. SAFRA DELVIGO. LEGÍTIMO DE SANTA CATARINA")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51624", "385")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51624", " 30 GARRAFAS DE VINHO ROSADO. SAFRA DELVIGO. LEGÍTIMO DE SANTA CATARINA")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51628", "390")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51628", "LOTE COM 30 GARRAFAS DE VINHO TINTO SECO.")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51627", "395")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51627", "LOTE COM 30 GARRAFAS DE VINHO TINTO SUAVE.")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51629", "400")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51629", "10 GARRAFÕES DE VINHO TINTO SUAVE. 02 LITROS CADA..")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F25" s="4" t="inlineStr">
-[...154 lines deleted...]
-      <c r="E30" s="5" t="inlineStr">
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51748", "406")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51748", "30 GARRAFAS DE CACHAÇA PRATA DA ROÇA")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51689", "410")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51689", "LOTE C/ 10 UNIDADES DE CANTIL DE BOLSO EM INOX. 240 ml CHEIOS DE VODKA. VÁRIOS MODELOS. PRODUTO ORIGINAL (SEM USO E COM AS CAIXAS INDIVIDUAIS)")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51757", "411")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51757", "KIT COLEÇÃO C/ 30 MINI GARRAFAS SUVENIR. 60ml CADA, SENDO CACHAÇA/ VODKA / BLEND/ LICORES/ COQUETEL E OUTROS. CERCA DE 30 SABORES DIFERENTES. GARRAFAS DE VIDRO, TAMPA DE ALUMÍNIO, BEBIDAS ORIGINAIS.")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
         <is>
           <t>190,00</t>
         </is>
       </c>
-      <c r="F30" s="4" t="inlineStr">
-[...218 lines deleted...]
-      <c r="E37" s="5" t="inlineStr">
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51630", "420")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51630", "10 GARRAFÕES DE VINHO TINTO SECO. 02 LITROS CADA..")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51631", "430")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51631", " 30 GARRAFAS, SENDO: 10 DE LICOR DE COQUINHO MEL, 10 DE COQUETEL DE PÊSSEGO E 10 DE COQUETEL DE MARACUJÁ.")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51751", "436")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51751", " LOTE C/ 30 GARRAFAS DE CACHAÇA PRATA. 720ml CADA, ENVELHECIDAS NO BARRIL DE MADEIRA")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51634", "445")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51634", "30 GARRAFAS DE CACHAÇA BLUE")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51683", "450")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51683", "03 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA PRATA ENVELHECIDA EM BARRIL DE MADEIRA")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51635", "455")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51635", "30 GARRAFAS DE CACHAÇA SABOR AMARULA, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51639", "470")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51639", " LOTE C/ 30 GARRAFAS DE CACHAÇA PRATA. 720ml CADA, ENVELHECIDAS NO BARRIL DE MADEIRA")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51644", "475")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51644", " 30 GARRAFAS DE CACHAÇA AMARELINHA DE ALAMBIQUE, ARMAZENADAS E ENVELHECIDAS EM BARRIL DE CARVALHO, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51646", "485")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51646", " 30 GARRAFAS DE CACHAÇA PRATA DE ALAMBIQUE, ENVELHECIDAS NO BARRIL DE MADEIRA, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51641", "490")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51641", "30 GARRAFAS DE CACHAÇA SABOR LIMÃO, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51651", "500")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51651", "LOTE COM: 30 GARRAFAS DE CACHAÇA DE BANANA.")</f>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51645", "505")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51645", "30 GARRAFAS DE CACHAÇA COQUINHO - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F161" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51642", "520")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51642", "30 GARRAFAS DE CACHAÇA SABOR PEQUI, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C162" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D162" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F162" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51721", "525")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51721", " 30 GARRAFAS DE CACHAÇA CANELINHA MEL - 700ml CADA GARRAF")</f>
+      </c>
+      <c r="C163" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D163" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F163" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51647", "530")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51647", "30 GARRAFAS DE CACHAÇA COQUINHO MEL - 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C164" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D164" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F164" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51648", "545")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51648", " 30 GARRAFAS DE CACHAÇA SABOR UMBURANA MEL, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C165" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D165" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F165" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51640", "550")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51640", "30 GARRAFAS DE VODKA 96, 1000ml CADA GARRAFA")</f>
+      </c>
+      <c r="C166" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D166" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F166" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51657", "565")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51657", "30 GARRAFAS DE CACHAÇA SABOR COQUINHO COM MEL")</f>
+      </c>
+      <c r="C167" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D167" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F167" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51658", "570")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51658", "30 GARRAFAS DE CACHAÇA SABOR AMARULA")</f>
+      </c>
+      <c r="C168" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D168" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F168" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51650", "575")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51650", " 30 GARRAFAS, SENDO: 10 DE LICOR DE COQUINHO MEL, 10 DE COQUETEL DE PÊSSEGO E 10 DE COQUETEL DE MARACUJÁ.")</f>
+      </c>
+      <c r="C169" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D169" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F169" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51653", "580")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51653", "30 GARRAFAS DE CACHAÇA BLEND AMADEIRADA, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C170" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D170" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F170" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51654", "585")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51654", "30 GARRAFAS DE CACHAÇA BLUE")</f>
+      </c>
+      <c r="C171" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D171" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F171" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51655", "590")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51655", "30 GARRAFAS DE CACHAÇA SABOR AMARULA, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C172" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D172" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E172" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F172" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51723", "600")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51723", "30 GARRAFAS DE CACHAÇA CARVALHO OURO")</f>
+      </c>
+      <c r="C173" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D173" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F173" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51659", "605")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51659", "30 GARRAFAS DE VODKA 96, 1000ml CADA GARRAFA")</f>
+      </c>
+      <c r="C174" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D174" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F174" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51754", "616")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51754", "[ VÍDEO ] LOTE C/ 10 UNIDADES DE CANTIL DE BOLSO EM INOX. 240 ml CHEIOS DE VODKA. VÁRIOS MODELOS. PRODUTO ORIGINAL (SEM USO E COM AS CAIXAS INDIVIDUAIS)")</f>
+      </c>
+      <c r="C175" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D175" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E175" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F175" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51660", "625")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51660", "30 GARRAFAS DE CACHAÇA PRATA DA ROÇA")</f>
+      </c>
+      <c r="C176" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D176" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E176" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F176" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51665", "630")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51665", "03 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA AMARELINHA ENVELHECIDA EM BARRIL DE MADEIRA DE CARVALHO")</f>
+      </c>
+      <c r="C177" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D177" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E177" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F177" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51664", "635")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51664", "10 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA PRATA ENVELHECIDA EM BARRIL DE MADEIRA")</f>
+      </c>
+      <c r="C178" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D178" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E178" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
-      <c r="F37" s="4" t="inlineStr">
-[...218 lines deleted...]
-      <c r="E44" s="5" t="inlineStr">
+      <c r="F178" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51661", "640")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51661", "30 GARRAFAS DE CACHAÇA COQUETEL GREEN HORTELÃ C/ ANIS")</f>
+      </c>
+      <c r="C179" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D179" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F179" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51724", "645")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51724", "30 GARRAFAS DE CACHAÇA CARVALHO OURO")</f>
+      </c>
+      <c r="C180" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D180" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E180" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F180" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51662", "650")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51662", "30 GARRAFAS DE CACHAÇA PRATA DA ROÇA")</f>
+      </c>
+      <c r="C181" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D181" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E181" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F181" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51677", "650")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51677", "10 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA AMARELINHA ENVELHECIDA EM BARRIL DE MADEIRA DE CARVALHO")</f>
+      </c>
+      <c r="C182" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D182" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E182" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F182" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51663", "655")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51663", "30 GARRAFAS DE CACHAÇA COQUETEL GREEN HORTELÃ C/ ANIS")</f>
+      </c>
+      <c r="C183" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D183" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E183" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F183" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51682", "665")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51682", "03 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA PRATA ENVELHECIDA EM BARRIL DE MADEIRA")</f>
+      </c>
+      <c r="C184" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D184" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E184" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F184" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51674", "675")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51674", "10 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA AMARELINHA ENVELHECIDA EM BARRIL DE MADEIRA DE CARVALHO")</f>
+      </c>
+      <c r="C185" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D185" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E185" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F185" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51685", "690")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51685", "10 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA PRATA ENVELHECIDA EM BARRIL DE MADEIRA")</f>
+      </c>
+      <c r="C186" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D186" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E186" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F186" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51690", "700")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51690", "KIT COLEÇÃO C/ 30 MINI GARRAFAS SUVENIR. 60ml CADA, SENDO CACHAÇA/ VODKA / BLEND/ LICORES/ COQUETEL E OUTROS. CERCA DE 30 SABORES DIFERENTES. GARRAFAS DE VIDRO, TAMPA DE ALUMÍNIO, BEBIDAS ORIGINAIS.")</f>
+      </c>
+      <c r="C187" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D187" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E187" s="5" t="inlineStr">
         <is>
           <t>190,00</t>
         </is>
       </c>
-      <c r="F44" s="4" t="inlineStr">
-[...90 lines deleted...]
-      <c r="E47" s="5" t="inlineStr">
+      <c r="F187" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51725", "710")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51725", "LOTE COM 04 PINGÔMETROS DE MADEIRA. GARRAFA DE 1 LITRO, TORNEIRA CROMADA, CHEIOS DE CACHAÇA ENVELHECIDA DIRETO DO BARRIL DE CARVALHO")</f>
+      </c>
+      <c r="C188" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D188" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E188" s="5" t="inlineStr">
+        <is>
+          <t>160,00</t>
+        </is>
+      </c>
+      <c r="F188" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51697", "730")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51697", " LOTE C/ 30 GARRAFAS DE CACHAÇA PRATA. 720ml CADA, ENVELHECIDAS NO BARRIL DE MADEIRA")</f>
+      </c>
+      <c r="C189" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D189" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E189" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F189" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51702", "740")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51702", " 30 GARRAFAS DE CACHAÇA AMARELINHA DE ALAMBIQUE, ARMAZENADAS E ENVELHECIDAS EM BARRIL DE CARVALHO, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C190" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D190" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E190" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F190" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51699", "745")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51699", " LOTE C/ 30 GARRAFAS DE CACHAÇA AMARELINHA. 720ml CADA, ENVELHECIDAS DIRETO DE BARRIS DE CARVALHO.")</f>
+      </c>
+      <c r="C191" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D191" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E191" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F191" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51701", "750")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51701", " 30 GARRAFAS DE CACHAÇA AMARELINHA DE ALAMBIQUE, ARMAZENADAS E ENVELHECIDAS EM BARRIL DE CARVALHO, 700ml CADA GARRAFA")</f>
+      </c>
+      <c r="C192" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D192" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E192" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F192" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51698", "755")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51698", " LOTE C/ 30 GARRAFAS DE CACHAÇA AMARELINHA. 720ml CADA, ENVELHECIDAS DIRETO DE BARRIS DE CARVALHO.")</f>
+      </c>
+      <c r="C193" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D193" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E193" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F193" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
+      <c r="A194" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51703", "770")</f>
+      </c>
+      <c r="B194" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51703", " LOTE C/ APROX. 1000 UNIDADES DE SPINNER, VÁRIAS CORES E MODELOS, (SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C194" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D194" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E194" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F47" s="4" t="inlineStr">
-[...4702 lines deleted...]
-      </c>
       <c r="F194" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
-      <c r="A195" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A195" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51710", "775")</f>
+      </c>
+      <c r="B195" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51710", " LOTE C/ 30 GARRAFAS DE CACHAÇA DE BANANA (38 GL). 720ml CADA, FEITA COM EXTRATO NATURAL DE BANANA (CACHAÇA DA ROÇA)")</f>
       </c>
       <c r="C195" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D195" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E195" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F195" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
-      <c r="A196" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A196" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51706", "790")</f>
+      </c>
+      <c r="B196" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51706", " LOTE C/ 30 GARRAFAS DE COQUETEL DE MARACUJÁ 96. (13,5 GL)")</f>
       </c>
       <c r="C196" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D196" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E196" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F196" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
-      <c r="A197" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A197" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51707", "805")</f>
+      </c>
+      <c r="B197" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/51707", " LOTE C/ 30 GARRAFAS DE COQUETEL DE PÊSSEGO. 720ml CADA.")</f>
       </c>
       <c r="C197" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D197" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E197" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F197" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>