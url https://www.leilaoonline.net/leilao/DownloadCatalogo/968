--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,1755 +269,1539 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52857", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52857", "FIAT PALIO WEEKEND ATTRACTIVE ANO 2016 MOD 2017, COR PRATA, FLEX, FROTA 078 - F")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52523", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52523", "NISSAN; FRONTIER S, 4X4, 2014/2015, FANTASIA; DIESEL; FUNCIONANDO, IPVA 2020 PAGO, FROTA 104-22-05-2020")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52531", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52531", "VW; GOL 1.0 GIV; 2011/2011; PRATA; ALCO./GASOL; FROTA 226-22-05-2020 - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52529", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52529", "RENAULT MASTER 8M3 25DCI; 2008/2009; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>86</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>41.250,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52534", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52534", "ÔNIBUS, VW INDUSCAR APACHE, 2008/2008, BRANCO; DIESEL - FROTA 603 - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>39.050,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52525", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52525", "FORD; RANGER XLT 12P; 2009/2009; PRETA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52855", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52855", "VW; GOL CL; 1989/1989; VERDE; ALCOOL; FUNCIONANDO;  TURBO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>14.600,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52090", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52090", "TROLLER T-4 4X4 3.2 20V TDI; 2015/2016; VERDE; DIESEL")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>52.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52096", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52096", "VW; GOL GL 1.8; 1992/1992; VERDE; ALCOOL - RODAS SUSPENSÃO E TURBO LEGALIZADO APROX. 400CV")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>15.750,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52854", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52854", "GM; VECTRA ELEGANCE; 2006/2006; BRANCA; ALCO./GASOL./GNV - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52522", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52522", "VOLKSWAGEN; JETTA VARIANT; 2010/2010; PRETA; GASOLINA - FUNCIONANDO - BLINDADO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52856", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52856", "RENAULT DUSTER 20 D 4X2; 2015/2015; PRATA; ALCO./GASOL. - FROTA 110-05-06-2020")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52718", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52718", "HONDA, FIT LX CVT, 2016/2017, PRATA; ALCO./GASOL., FUNCIONANDO - IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>35.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52526", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52526", "VW; GOL 1.0 GIV; 2011/2011; PRATA; ALCO./GASOL; FROTA 169-22-05-2020 - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>12.600,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52720", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52720", "VOLKSWAGEN; KOMBI FURGÃO; 2006/2006; ALCO/GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>12.750,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52717", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52717", "GM; MONTANA CONQUEST; 2005/2005; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>10.600,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52098", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52098", "VW: GOL 1.0; 2003/2003; CINZA; GASOLINA; FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>5.050,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52716", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52716", "HYUNDAI; HR HDB; 2007/2008; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>66</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>26.750,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52099", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52099", "SUBARU; SVX 3.3 CUPÊ 4X4 AUT; 1993; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52097", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52097", "VW FOX 1.0; 2006/2007; CINZA; ALC./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53148", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53148", "FIAT/ WEEKEND ADVENTURE; 2015/2016, BRANCA, ALCO./GASOL., FROTA 936 - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53149", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53149", "FIAT/ WEEKEND ADVENTURE; 2015/2016, BRANCA, ALCO./GASOL., FROTA 126 - FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>25.250,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53150", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53150", "FIAT/WEEKEND ADVENTURE; 2015/2016, BRANCA, ALCO./GASOL., FROTA 686 - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>24.750,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53151", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53151", "FIAT/WEEKEND ATRACTIVE; 2016/2017, PRATA, ALCO./GASOL., FROTA 088 - FUNCIONANDO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>18.750,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53152", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53152", "FIAT/ PALIO WEEKEND ATRACTIVE; 2016/2017, PRATA, ALCO./GASOL., FROTA 848 - FUNCIONANDO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53153", "027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53153", "FIAT/ PALIO WEEKEND ATRACTIVE; 2016/2017, PRATA, ALCO./GASOL., FROTA 078 - FUNCIONANDO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>18.750,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53154", "028")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53154", "FIAT/ WEEKEND ATRACTIVE; 2016/2017, PRATA, ALCO./GASOL., FROTA 508 - FUNCIONANDO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>19.250,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53155", "029")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53155", "FIAT/ WEEKEND ATRACTIVE; 2016/2016, PRATA, ALCO./GASOL., FROTA 427 - FUNCIONANDO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>19.250,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53157", "031")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53157", "VW; KOMBI; 2010/2011; BRANCA; ALCO./GASOL. FROTA 797 - FUNCIONANDO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53158", "032")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53158", "VW; KOMBI; 2012/2012; BRANCA; ALCO./GASOL. FROTA 272 - FUNCIONANDO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>23.750,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53159", "033")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53159", "VW; KOMBI; 2010/2011; BRANCA; ALCO./GASOL. FROTA 957 - FUNCIONANDO")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>26.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53160", "034")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53160", "VW; KOMBI; 2012/2013; BRANCA; ALCO./GASOL. FROTA 061 - FUNCIONANDO")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53201", "035")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53201", "FIAT; ARGO DRIVE 1.0; 2018/2019; BRANCA; GASOL./ALCOOL - FUNCIONANDO")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>24.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53224", "036")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53224", "GM; ASTRA SEDAN CD; 2003/2004; AZUL; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52524", "048")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52524", "FIAT PALIO WEEKEND ATTRATIVE ANO 2016 MOD 2017, COR PRATA, FLEX, FROTA 048 - FUNCIONANDO")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>18.750,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52527", "103")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52527", "CHEVROLET; MONTANA LS; 2011/2012; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>16.600,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52089", "108")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52089", "CHEVROLET; PRISMA 1.4L LT; 2012/2012; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52087", "109")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52087", "FIAT UNO SPORTING 1.4; 2012/2013; BRANCA; ALCO./GASOL - FUNCIONANDO")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52086", "116")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52086", "TOYOTA ETIOS SEDAN; 2013/2014; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>16.750,30</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52721", "118")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52721", "FIAT PALIO WEEKEND ATTRATIVE ANO 2016 MOD 2017, COR PRATA, FLEX, FROTA 118 - FUNCIONANDO")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>69</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>17.950,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52085", "120")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52085", "HYUNDAI; SONATA GLS.; 2011/2012; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>26.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52088", "122")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52088", "I; AUDI A3 SPORTBACK 2.0T FSI; 2010/2011; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>19.700,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52528", "128")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52528", "RENAULT CLIO AUT 10 16VH; 2006/2007; VERMELHA; ALCO/GASOL.")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>9.250,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52084", "156")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52084", "I; MERCEDES BENZ ML 320 AB54; 2000/2000; GASOLINA; PRATA, FUNCIONANDO - IPVA 2020 PAGO - BLINDADO")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52091", "190")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52091", "MITSUBISHI; LANCER 2.0, 2012/2012; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52100", "203")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52100", "HONDA; FIT LXL; 2003/2004; PRATA; GASOLINA - FUNCIONANDO - IPVA PAGO")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>10.750,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52532", "269")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52532", "HYUNDAI / TUCSON GLSB, ANO 2012/2013 AUTOMÁTICO, GASOLINA; PLACA FINAL 09 - FUNCIONANDO")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>20.250,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52530", "358")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52530", " FIAT PALIO WEEKEND ATTRATIVE ANO 2016 MOD 2017, COR PRATA, FLEX, FROTA 358 - FUNCIONANDO")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>104</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>18.850,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52533", "397")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52533", "JOGO DE RODAS MODELO DENVER ARO 18 - 5x100")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52092", "398")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52092", "JOGO COM 04 RODAS DE LIGA LEVE ARO 16 COM PNEUS E UM PNEU 195 X 55 X 16")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53147", "400")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53147", "JOGO COM 04 RODAS E PNEUS LIGA LEVE ARO ")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...154 lines deleted...]
-      <c r="A17" s="5" t="inlineStr">
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52094", "402")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52094", "JG DE RODAS COM PNEUS 235 X 75 X 15")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52093", "405")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52093", "JOGO DE RODAS DE LIGA COM PNEUS 195 X 55 X 16")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
-      <c r="B17" s="4" t="inlineStr">
-[...1363 lines deleted...]
-      <c r="F59" s="4" t="inlineStr">
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-[...126 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53156", "406")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53156", "FIAT/ WEEKEND ATRACTIVE; 2016/2017, PRATA, ALCO./GASOL., FROTA 868 - FUNCIONANDO")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>18.500,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>