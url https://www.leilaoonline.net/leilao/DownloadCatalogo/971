--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,6683 +269,5851 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52226", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52226", " Ferramentas: parafusadeira, alicate amperimetro, multimetro, luminaria automotiva, cinto para ferramentas,  jogo ferramentas. Sem uso.")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52227", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52227", " 02 kits de ferramentas, 2 luminárias automotiva 12v a 110v , cinto para ferramentas. Sem uso.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52228", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52228", " kit ferramentas pneumáticas. Posssivel avaria e peças faltando. Sem uso.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52236", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52236", " kit ferramentas jogo de soquetes com aprox. 24 peças. Possivel  falta de peças")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52237", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52237", " Chave pneumática impacto  encaixe 3/4. Sem uso")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52234", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52234", " Kit ferramentas pneumáticas. Posssivel avaria e peças  faltando. Sem uso")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52240", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52240", " 01 telefone sem fio digital com identificador, 02 conversores e gravador digital hdtv e 01 interfone porteiro residencial.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52244", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52244", " Baterias de moto diversas, baterias estacionárias.  Total 6 baterias. Sem uso.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52262", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52262", " 13 kit de lampadas de led automotiva. Sem uso.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52260", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52260", " Farol automotivo. Sem uso")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52246", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52246", " Gabinete de informática altura 26 cm, largura 53 cm , profundidade 37 cm.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52253", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52253", " Esticador hidraulico 4 toneladas.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52263", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52263", " painel de shampoozeira para lava rapido sem uso")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52233", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52233", " shampoozeria completa para lava rapido com bomba e mangueira sem uso")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52248", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52248", " Esticador hidráulico  6 toneladas completo. Sem uso")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52259", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52259", " Esticador hidráulico  6 toneladas completo. Sem uso")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52256", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52256", " Esticador hidráulico  6 toneladas completo. Sem uso")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52249", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52249", " Esticador hidráulico  6 toneladas completo. Sem uso")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52258", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52258", "  3  macacos hidráulico  de 10 toneladas  sem usos e 1 macaco usado de 32 toneladas e 1 macaco usado de 16 toneladas")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52245", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52245", " Bico para pneu de passeio sem camara. Aproximadamente  500 peças")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52238", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52238", " 02 macacos hidráulicos  6 toneladas sem uso, 02 macacos hidráulicos  10 toneladas sem uso e 01 macaco  hidráulico 20 toneladas usado")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52261", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52261", " Vulcanizadora de camara de ar uso profissional 220 v produto  sem uso funcionando")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52229", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52229", " Vulcanizadora de camara de ar uso profissional 220 v produto  sem uso funcionando")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52250", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52250", " Vulcanizadora de camara de ar uso profissional 220 v produto  sem uso funcionando")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52231", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52231", " Vulcanizadora de camara de ar uso profissional 220 v produto  sem uso funcionando")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52241", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52241", " Vulcanizadora de camara de ar uso profissional 220 v produto  sem uso funcionando")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52232", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52232", " Vulcanizadora de camara de ar uso profissional 220 v produto  sem uso funcionando")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52264", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52264", " Vulcanizadora de camara de ar uso profissional 220 v produto  sem uso funcionando")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52247", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52247", " riscadora  de pneus uso profissional   produto sem uso funcionando bivolt.")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52230", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52230", " riscadora  de pneus uso profissional   produto sem uso funcionando bivolt.")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52254", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52254", " riscadora  de pneus uso profissional   produto sem uso funcionando bivolt.")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52255", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52255", " riscadora  de pneus uso profissional   produto sem uso funcionando bivolt.")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52242", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52242", " riscadora  de pneus uso profissional   produto sem uso funcionando bivolt.")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52243", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52243", " riscadora  de pneus uso profissional   produto sem uso funcionando bivolt.")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52251", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52251", " riscadora  de pneus uso profissional   produto sem uso funcionando bivolt.")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52235", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52235", " 02 macacos hidráulicos 10 toneladas, 03 macacos hidráulicos 2 toneladas e 02 macacos hidráulicos com maleta 2 toneladas. Todos os 07 sem uso")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52252", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52252", "  7 kit cabos  para bateria  200 amp 2.4 metros sem uso ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52239", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52239", " Macaco  jacaré  2 toneladas pequenas avarias.")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52265", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52265", " kit 2 espátulas para pneu caminhão com trava sem uso")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52257", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52257", " 4 pneus aro 16  205/55-16  reemoldados sem uso fabricação  2020 selo do inmetro")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52266", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52266", " 4 pneus aro 16  205/55-16  reemoldados sem uso fabricação  2020 selo do inmetro")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52268", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52268", " 4 pneus aro 16  205/55-16  reemoldados sem uso fabricação  2020 selo do inmetro")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52267", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52267", " 4 pneus aro 16  205/55-16  reemoldados sem uso fabricação  2020 selo do inmetro")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52270", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52270", " 4 pneus aro 16  205/55-16  reemoldados sem uso fabricação  2020 selo do inmetro")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52271", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52271", " 4 pneus aro 16  205/55-16  reemoldados sem uso fabricação  2020 selo do inmetro")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52269", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52269", " 8 pneus aro 16  205/55-16 reemoldados  sem uso fabricação  2020 selo do inmetro  ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52272", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52272", " 8 pneus aro 16  205/55-16 reemoldados  sem uso fabricação  2020 selo do inmetro  ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52273", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52273", " 8 pneus aro 16  205/55-16 reemoldados  sem uso fabricação  2020 selo do inmetro  ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52278", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52278", " 4 pneus aro 16  235/60-16 reemoldados  sem uso fabricação  2020 selo do inmetro")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52277", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52277", " 4 pneus aro 16  235/60-16 reemoldados  sem uso fabricação  2020 selo do inmetro")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52274", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52274", " 4 pneus aro 16  235/60-16 reemoldados  sem uso fabricação  2020 selo do inmetro")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52275", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52275", " 8pneus aro 16  235/60-16 reemoldados  sem uso fabricação  2020 selo do inmetro")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52276", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52276", " 8pneus aro 16  235/60-16 reemoldados  sem uso fabricação  2020 selo do inmetro")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52281", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52281", " 8pneus aro 16  235/60-16 reemoldados  sem uso fabricação  2020 selo do inmetro")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52285", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52285", " 4 pneus aro 16  215/65-16 reemoldados  sem uso fabricação  2020 selo do inmetro")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52279", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52279", " 4 pneus aro 16  215/65-16 reemoldados  sem uso fabricação  2020 selo do inmetro")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52280", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52280", " 4 pneus aro 16  215/65-16 reemoldados  sem uso fabricação  2020 selo do inmetro")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52282", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52282", " 8 pneus aro 16  215/65-16 reemoldados  sem uso fabricação  2020 selo do inmetro")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52286", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52286", " 8 pneus aro 16  215/65-16 reemoldados  sem uso fabricação  2020 selo do inmetro")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52283", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52283", " 8 pneus aro 16  215/65-16 reemoldados  sem uso fabricação  2020 selo do inmetro")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52284", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52284", " 8 pneus aro 16  215/65-16 reemoldados  sem uso fabricação  2020 selo do inmetro")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52634", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52634", " 4 pneus aro 16  215/65-16   4 pneus aro 16 205/55-16   4 pneus 235/60-16 remoldados, sem uso, fabricação ano de 2020, selo do inmetro ")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52648", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52648", " 4 pneus aro 16  215/65-16   4 pneus aro 16 205/55-16   4 pneus 235/60-16 remoldados, sem uso, fabricação ano de 2020, selo do inmetro ")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52653", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52653", " 4 pneus aro 16  215/65-16   4 pneus aro 16 205/55-16   4 pneus 235/60-16 remoldados, sem uso, fabricação ano de 2020, selo do inmetro ")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52652", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52652", " 4 pneus aro 16  215/65-16   4 pneus aro 16 205/55-16   4 pneus 235/60-16 remoldados, sem uso, fabricação ano de 2020, selo do inmetro ")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52655", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52655", " 4 pneus aro 16 215/65-16   4 pneus aro 16 205/55-16   4 pneus 235/60-16 remoldados, sem uso, fabricação ano de 2020, selo do inmetro ")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52659", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52659", " 4 pneus aro 16 215/65-16   4 pneus aro 16 205/55-16   4 pneus 235/60-16   4 pneus aro 14 175/65-14   6 pneus aro 13 175/70-13   4 pneus aro 14 175/70-14   6 pneus aro 15 185/60-15 remoldados, sem uso fabricação ano de 2020 selo do inmetro")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52658", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52658", " 4 pneus aro 16  215/65-16   4 pneus aro 16 205/55-16   4 pneus 235/60-16   4 pneus aro 14 175/65-14   6 pneus aro 13 175/70-13   4 pneus aro 14 175/70-14   6 pneus aro 15 185/60-15 remoldados, sem uso, fabricação ano de 2020 selo do inmetro")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52636", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52636", " 4 pneus aro 16  215/65-16   4 pneus aro 16 205/55-16   4 pneus 235/60-16   4 pneus aro 14 175/65-14   6 pneus aro 13 175/70-13   4 pneus aro 14 175/70-14   6 pneus aro 15 185/60-15 remoldados, sem uso fabricação ano de 2020 selo do inmetro")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52647", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52647", " 4 pneus aro 16  215/65-16   4 pneus aro 16 205/55-16   4 pneus 235/60-16   4 pneus aro 14 175/65-14   6 pneus aro 13 175/70-13   4 pneus aro 14 175/70-14   6 pneus aro 15 185/60-15 remoldados, sem uso, fabricação ano de 2020 selo do inmetro")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52637", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52637", " 4 pneus aro 16  215/65-16   4 pneus aro 16 205/55-16   4 pneus 235/60-16   4 pneus aro 14 175/65-14   6 pneus aro 13 175/70-13   4 pneus aro 14 175/70-14   6 pneus aro 15 185/60-15 remoldados, sem uso, fabricação ano de  2020, selo do inmetro")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52643", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52643", " Pneus aro 14: 6 pneus 175/70-14   6 pneus 185/70-14   6 pneus  185/60-14   6 175/65-14 remoldados, sem uso, fabricação ano de 2020, selo do inmetro")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52654", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52654", " Pneus aro 14: 6 pneus 175/70-14   6 pneus 185/70-14   6 pneus  185/60-14   6 175/65-14 remoldados, sem uso, fabricação ano de 2020, selo do inmetro ")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52639", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52639", " Pneus aro 14: 6 pneus 175/70-14   6 pneus 185/70-14   6 pneus  185/60-14   6 175/65-14 remoldados, sem uso, fabricação ano de 2020, selo do inmetro ")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52650", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52650", " Pneus aro 14: 6 pneus 175/70-14   6 pneus 185/70-14   6 pneus  185/60-14   6 175/65-14 remoldados, sem uso, fabricação ano de 2020 selo do inmetro")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52651", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52651", " Pneus aro 14: 6 pneus 175/70-14   6 pneus 185/70-14   6 pneus  185/60-14   6 175/65-14 remoldados, sem uso, fabricação ano de 2020,selo do inmetro ")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52642", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52642", " Pneus aro 15: 6 pneus 185/60-15   6 pneus 185/65-15   6 pneus 195/60-15   6 195/65-15   6 pneus 195/55-15 remoldados, sem uso, fabricação ano de 2020, selo do inmetro")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52641", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52641", " Pneus aro 15: 6 pneus 185/60-15   6 pneus 185/65-15   6 pneus 195/60-15   6 195/65-15   6 pneus 195/55-15 remoldados, sem uso, fabricação ano de 2020, selo do inmetro")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52646", "079")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52646", " Pneus aro 15: 6 pneus 185/60-15   6 pneus 185/65-15   6 pneus 195/60-15   6 195/65-15   6 pneus 195/55-15 remoldados, sem uso, fabricação ano de 2020, selo do inmetro")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52644", "080")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52644", " Pneus aro 15: 6 pneus 185/60-15   6 pneus 185/65-15   6 pneus 195/60-15   6 195/65-15   6 pneus 195/55-15 remoldados, sem uso, fabricação ano de 2020, selo do inmetro")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52649", "081")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52649", " Pneus aro 15: 6 pneus 185/60-15   6 pneus 185/65-15   6 pneus 195/60-15   6 195/65-15   6 pneus 195/55-15 remoldados, sem uso, fabricação ano de 2020, selo do inmetro")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52638", "082")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52638", " 8 pneus aro 14.  175/65 -14  remoldados, sem uso, fabricação ano de 2020, selo do inmetro")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52645", "083")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52645", " 8 pneus  aro 14.  175/65 -14  remoldados, sem uso, fabricação ano de 2020, selo do inmetro")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52656", "084")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52656", " 8 pneus  aro 14.  175/65 -14  remoldados, sem uso, fabricação ano de 2020, selo do inmetro")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52657", "085")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52657", " 8 pneus  aro 14.  175/65 -14  remoldados, sem uso, fabricação ano de 2020, selo do inmetro")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52640", "086")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52640", " 8 pneus  aro 14.  175/70 -14  remoldados, sem uso, fabricação ano de 2020, selo do inmetro")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52635", "087")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52635", " 8 pneus  aro 14.  175/70 -14  remoldados, sem uso, fabricação ano de 2020, selo do inmetro")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52663", "088")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52663", " 8 pneus  aro 14.  175/70 -14  remoldados, sem uso, fabricação ano de 2020, selo do inmetro")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52661", "089")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52661", " 8 pneus  aro 14.  175/70 -14  remoldados, sem uso, fabricação ano de 2020 selo do inmetro")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52660", "090")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52660", "  8 pneus  aro 14.  185/60 -14  remoldados, sem uso, fabricação ano de 2020, selo do inmetro")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52662", "091")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52662", "  8 pneus  aro 14.  185/60 -14  remoldados, sem uso, fabricação ano de 2020, selo do inmetro")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52664", "092")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52664", "  8 pneus  aro 14.  185/60 -14  remoldados, sem uso, fabricação ano de 2020, selo do inmetro")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52665", "093")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52665", "  8 pneus  aro 14.  185/60 -14  remoldados, sem uso, fabricação ano de 2020, selo do inmetro")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52666", "094")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52666", "  8 pneus  aro 14.  185/60 -14  remoldados, sem uso, fabricação ano de 2020, selo do inmetro")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52667", "095")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52667", " 3 pneus moto  120/70-17, sem uso.")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52668", "096")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52668", "  6 pneus de moto sendo 3. 140/70-17   3. 110/70-17.  Sem uso, fabricação ano de 2018.")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52710", "097")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52710", " Macaco jacaré profissional 2 toneladas. Sem uso. marca Potente Brasil (nacional)")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52713", "098")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52713", " Macaco jacaré profissional 2 toneladas. Sem uso. marca Potente Brasil (nacional)")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52712", "099")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52712", " Macaco jacaré profissional 2 toneladas. Sem uso. marca Potente Brasil (nacional)")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52711", "100")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52711", " Balde manual para troca de óleo de câmbio e diferencial, capacidade 14 litros. Produto sem uso. ")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52714", "101")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52714", " Coletor de óleo  com carrinho capacidade 50 litros. ")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52709", "102")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52709", "[ VÍDEO ] Triciclo antigo. Para colecionador. Raridade. 95% original. ")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52814", "103")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52814", " 3 kit cabos para bateria 200 amp. 2.4m   3 milímetros  digital  com sensor de temperatura, sem uso.")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52825", "104")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52825", "  1 chave de roda cruz profissional marca gedore    9 chaves combinada marca kraucher    3 alicates  marca robust, sem uso. ")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52816", "105")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52816", " 10 protetores de camara de ar aro 20   10 protetores de camara de ar aro 16   10 protetores de camara de ar aro 22 para caminhao, sem uso.")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52820", "106")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52820", " 10 Protetor de câmara de ar de caminhão aro 22, sem uso.")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52822", "107")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52822", " 10 Protetor de câmara de ar  de caminhão ou agrícola aro 16, produto sem uso.")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52832", "108")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52832", " 10 Protetor de câmara de ar aro 20 para caminhão. Produto sem uso.")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52812", "109")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52812", " 6 rodas de ferro antigas para restauro. Sendo 3 Chevrolet  outras 3 indefinido modelo.")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52807", "110")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52807", " 4 rodas de ferro, sendo 3 gm   1 toyota")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52823", "111")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52823", " Marcador  numerador de pneus")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52830", "112")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52830", " Macaco jacare 2 toneladas compacto profissional, funcionando.")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52817", "113")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52817", " Ferramentas diversas sem uso -  1 arco de serra    3 chave saca filtro de oleo    1 kit ferramentas 31 Pç    8 chaves de rodas L div. medidas   10 chaves de velas div. medidas.")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52809", "114")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52809", " Macaco jacaré profissional 2 toneladas, funcionando. Marca  nacional potente brasil")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52827", "115")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52827", "  7 rodas de ferro div modelos e aro.")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52818", "116")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52818", "  2 pneus biscoito recapado medida 185/70-14, pneu recapado,  sem uso.")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52833", "117")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52833", " Pneus de moto e bicicleta sem uso. Sendo 3 90/100-16 trilha marca rinaldi   1 70/100-17 trilha rinaldi   400-17  trilha rinaldi   1 pneu 120/70-17 tecnic    1 110/70-17 pirelli   2 pneus 16x 1.75 levorin")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52821", "118")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52821", " 4 rodas de ferros antigas para restauro.")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52815", "119")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52815", " Peças automotivas: 4 filtro de combustivel   1 filtro de óleo   2 jogos pastilha de freio, sem uso.")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52829", "120")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52829", " Assentador de talão bazuca profissional, semi nova. ")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52826", "121")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52826", " 8 kits reparo de pneu sem câmara, com macarrão, sem uso.")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52828", "122")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52828", " 8 kits reparo de pneu sem câmara, com macarrão, sem uso.")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52819", "123")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52819", " Diversas ferramentas. 1 cavalete sem uso p/ 3 toneladas   2 triagulo   1 chave inglesa 15"   1 macaco sem uso   1 bomba de encher manual sem uso   1 calibrador ate 150 libras manual usado.")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52813", "124")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52813", " Carrinho para carga sem uso, sem as rodas.")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52834", "125")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52834", " Máquina para artesanado para frisar chinelos e outros, sem uso.")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52808", "126")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52808", " 4 rodas de aluminio  aro 8   2 rodas de aluminio aro 6   5 pneus maciço, sem uso.")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52831", "127")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52831", " 1 chave  inglesa sem uso 15"")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52811", "128")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52811", " Diversas peças para rodoar de caminhão, sem uso.")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52810", "129")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52810", "Bicicleta antiga, Monark cargueira, freio no pé. Relíquia para colecionador")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52824", "130")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52824", " Bicicleta relíquia para colecionador, modelo brasiliana 64, Monark")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52873", "131")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52873", " 8 rodas de ferro, linha GM aro 13.")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52874", "132")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52874", " 8 rodas de ferro aro 13, linha Volkswagem. Usadas")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52877", "133")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52877", " 4 rodas de ferro, linha Volkwagem, aro 13. Usadas")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52880", "134")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52880", " 8 rodas de ferro aro 13 usadas, sendo 4 linha GM e 4 linha Volkswagem.")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52878", "135")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52878", " 4 rodas de ferro aro 13 usadas para linha GM.")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52881", "136")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52881", " Roda de ferro aro 13 rara para veiculo, marca chana. ")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52876", "137")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52876", " 4 rodas de ferro aro 13 usada para linha volkswagem")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52875", "138")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52875", " 4 rodas de ferro  aro 15  - 5 furos usada aplicação volkswagem. ")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52885", "139")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52885", " 4 rodas de ferro aro 14 usadas para aplicação  volkswagem")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52879", "140")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52879", "  3 rodas de ferro usada aparentemente, linha fiat. ")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52884", "141")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52884", " 4 rodas de ferro aro 13, usadas, linha volkswagem.")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52882", "142")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52882", " chave de impacto 1/2, sem uso.")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52883", "143")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/52883", " chave de impacto 1/2, sem uso. ")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53165", "153")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53165", "Jogo de rodas ( 4 unidades) cromada aro 22, usada. Ótimo estado de conservação, Última aplicação: S10 executiva.")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54400", "154")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54400", " Calibrador digital de uso profissional, produto sem uso.")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54396", "155")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54396", " Calibrador digital de uso profissional, produto sem uso.")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54395", "156")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54395", " Calibrador digital de uso profissional, produto sem uso.")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54402", "157")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54402", " Calibrador digital de uso profissional, produto sem uso.")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54397", "158")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54397", " Shampoozeira para lava rápido de uso profissional, produto sem uso.")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54403", "159")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54403", " Shampoozeira para lava rápido de uso profissional, produto sem uso.")</f>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>420,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54405", "160")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54405", " Shampoozeira para lava rápido de uso profissional, produto sem uso.")</f>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F161" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54399", "161")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54399", " Shampoozeira para lava rápido de uso profissional, produto sem uso.")</f>
+      </c>
+      <c r="C162" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D162" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F162" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54398", "162")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54398", " [ RETIRADO ] Assentador  de talão de uso profissional para colar talão do pneu, produto sem uso.")</f>
+      </c>
+      <c r="C163" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D163" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F163" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54404", "163")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54404", " Assentador  de talão de uso profissional para colar talão do pneu, produto sem uso.")</f>
+      </c>
+      <c r="C164" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D164" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F164" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54401", "164")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54401", " Assentador  de talão de uso profissional para colar talão do pneu, produto sem uso.")</f>
+      </c>
+      <c r="C165" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D165" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F165" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54819", "165")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54819", " 12 pares de manetes de motos diversas, produto sem uso.")</f>
+      </c>
+      <c r="C166" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D166" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F166" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54818", "166")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54818", " 12 pares de manetes de motos diversas, produto sem uso.")</f>
+      </c>
+      <c r="C167" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D167" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F167" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54836", "167")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54836", " 12 pares de manete de motos diversas, produto sem uso.")</f>
+      </c>
+      <c r="C168" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D168" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F168" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54837", "168")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54837", " 12 pares de manete de motos diversas, produto sem uso.")</f>
+      </c>
+      <c r="C169" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D169" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F169" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54820", "169")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54820", " 3 pares de manete de motos diversas   6 pares de manete de moto anodizado   1 par de manopla.  produto sem uso.")</f>
+      </c>
+      <c r="C170" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D170" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F170" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54845", "170")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54845", "  2 carburador de moto ybr   1 kit cilindro de motor titan 100% novo   2 baterias  moura novas   1 bateria moura usada")</f>
+      </c>
+      <c r="C171" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D171" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F171" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54839", "171")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54839", " 3 pares de amortecedor de moto colorido, produto sem uso.")</f>
+      </c>
+      <c r="C172" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D172" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E172" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F172" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54823", "172")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54823", " 3 kit de relação de moto produto de qualidade superior, produto sem uso.")</f>
+      </c>
+      <c r="C173" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D173" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F173" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54838", "173")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54838", " 3 kit de relação de moto produto de qualidade superior, produto sem uso.")</f>
+      </c>
+      <c r="C174" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D174" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F174" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54824", "174")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54824", " 3 kit de relação de moto produto de qualidade superior, produto sem uso.")</f>
+      </c>
+      <c r="C175" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D175" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E175" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F175" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54842", "175")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54842", " 4 kit de relação  de moto diversas  produto de qualidade superior, produto sem uso.")</f>
+      </c>
+      <c r="C176" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D176" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E176" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F176" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54831", "176")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54831", " Máquina de desmontar pneu semi nova, funcionando. ")</f>
+      </c>
+      <c r="C177" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D177" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E177" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F177" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54843", "177")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54843", " Balanceadora de rodas semi nova, funcionando.")</f>
+      </c>
+      <c r="C178" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D178" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E178" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F178" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54840", "178")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54840", "  torno antigo muito conservado, pouco uso.")</f>
+      </c>
+      <c r="C179" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D179" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F179" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54826", "181")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54826", " Pingometro triplo, produto sem uso, com garrafas cheias de cachaça 3 sabores diferentes. ")</f>
+      </c>
+      <c r="C180" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D180" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E180" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F180" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54825", "182")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54825", " Pingometro sem uso, com garrafa cheia de cachaça.")</f>
+      </c>
+      <c r="C181" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D181" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E181" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F181" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54834", "183")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54834", " Pingometro sem uso, com garrafa cheia de cachaça.")</f>
+      </c>
+      <c r="C182" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D182" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E182" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F182" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54822", "184")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54822", " Pingometro sem uso, com garrafa cheia de cachaça.")</f>
+      </c>
+      <c r="C183" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D183" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E183" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F183" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54828", "185")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54828", " Pingometro duplo sem uso, com as garrafas  cheia de cachaça.")</f>
+      </c>
+      <c r="C184" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D184" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E184" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F184" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54830", "186")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54830", " Pingometro duplo sem uso, com as garrafas  cheia de cachaça.")</f>
+      </c>
+      <c r="C185" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D185" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E185" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F185" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54829", "187")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54829", " Pingometro duplo sem uso, com as garrafas  cheia de cachaça.")</f>
+      </c>
+      <c r="C186" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D186" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E186" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F186" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54833", "188")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54833", " Pingometro modelo carroça, com a garrafa cheia de cachaça.")</f>
+      </c>
+      <c r="C187" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D187" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E187" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F187" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54847", "189")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54847", " Pingometro modelo carroça, com a garrafa cheia de cachaça.")</f>
+      </c>
+      <c r="C188" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D188" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E188" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F188" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54832", "190")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54832", " Pingometro modelo carroça, com a garrafa cheia de cachaça.")</f>
+      </c>
+      <c r="C189" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D189" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E189" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F189" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54844", "191")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54844", " prateleira semi nova de mdf super conservada  para quarto ou outra área. Medida comprimento 1.30 m profundidade 0.26 cm")</f>
+      </c>
+      <c r="C190" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D190" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E190" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F190" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54827", "192")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54827", " 1 pneu 215/55-17 semi novo")</f>
+      </c>
+      <c r="C191" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D191" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E191" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F191" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54835", "193")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54835", " 2 gabinetes de informática com diversas peças dentro. Altura 0.39 cm largura 0.53 cm profundidade 0.67 cm")</f>
+      </c>
+      <c r="C192" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D192" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E192" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F192" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54821", "194")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54821", " 2 cadeiras de escritorio usadas.")</f>
+      </c>
+      <c r="C193" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D193" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E193" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F193" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
+      <c r="A194" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54848", "195")</f>
+      </c>
+      <c r="B194" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54848", " Capa de banco de ducato sem uso   capa de volante aplicação indefinida")</f>
+      </c>
+      <c r="C194" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D194" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E194" s="5" t="inlineStr">
+        <is>
+          <t>70,00</t>
+        </is>
+      </c>
+      <c r="F194" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
+      <c r="A195" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54849", "196")</f>
+      </c>
+      <c r="B195" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54849", " Aproximadamente 15 luminárias diversas usadas ")</f>
+      </c>
+      <c r="C195" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D195" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E195" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F195" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
+      <c r="A196" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54850", "197")</f>
+      </c>
+      <c r="B196" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54850", " kit dvr com 7 cameras e acessórios. Quando foi desmontado funcionava.")</f>
+      </c>
+      <c r="C196" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D196" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E196" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F196" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
+      <c r="A197" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54851", "198")</f>
+      </c>
+      <c r="B197" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54851", " Adega Eletrolux para 8 garrafas, funcionando. ")</f>
+      </c>
+      <c r="C197" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D197" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E197" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F197" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
+      <c r="A198" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54854", "199")</f>
+      </c>
+      <c r="B198" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54854", " Churrasqueira george forema, funcionando, pouco uso.")</f>
+      </c>
+      <c r="C198" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D198" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E198" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F198" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
+      <c r="A199" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54853", "200")</f>
+      </c>
+      <c r="B199" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54853", " aproximadamente 50 rolos de pvc estirado para embalagem")</f>
+      </c>
+      <c r="C199" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D199" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E199" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F199" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
+      <c r="A200" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54852", "201")</f>
+      </c>
+      <c r="B200" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54852", " 10 suportes para capacete para expor em loja. ")</f>
+      </c>
+      <c r="C200" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D200" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E200" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F200" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
+      <c r="A201" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54855", "202")</f>
+      </c>
+      <c r="B201" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54855", " kit de ferramentas soquetes")</f>
+      </c>
+      <c r="C201" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D201" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E201" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="F201" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
+      <c r="A202" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55372", "203")</f>
+      </c>
+      <c r="B202" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55372", " 204 litros de oléo para moto, produto sem uso, lacrado. Fabricação 2020. Sendo 144 litros 20/50   24 litros, 10/40 semi sintetico   36 litros 10/30 semi sintetico. ")</f>
+      </c>
+      <c r="C202" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D202" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E202" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F202" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
+      <c r="A203" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55382", "204")</f>
+      </c>
+      <c r="B203" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55382", "84 litros de oléo para moto, produto sem uso, lacrado. Fabricação 2020. Sendo 72 litros 20/50   12 litros 10/30 semi sintetico. ")</f>
+      </c>
+      <c r="C203" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D203" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E203" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F203" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
+      <c r="A204" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55368", "205")</f>
+      </c>
+      <c r="B204" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55368", " 120 litros de oléo para moto 20/50, produto sem uso, lacrado. fabricação 2020.")</f>
+      </c>
+      <c r="C204" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D204" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E204" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F204" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
+      <c r="A205" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55367", "206")</f>
+      </c>
+      <c r="B205" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55367", " 60 litros de oléo para moto, produto sem uso, lacrado. Fabricação 2020. Sendo 48 litros 20/50   12 litros 10/30 semi sintetico. ")</f>
+      </c>
+      <c r="C205" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D205" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E205" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F205" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
+      <c r="A206" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55383", "207")</f>
+      </c>
+      <c r="B206" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55383", " 240 litros de oléo para moto 20/50, produto sem uso, lacrado. Fabricação  2020 ")</f>
+      </c>
+      <c r="C206" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D206" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E206" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F206" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
+      <c r="A207" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55376", "208")</f>
+      </c>
+      <c r="B207" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55376", " Descolador de pneus manual profissional, produto sem uso.")</f>
+      </c>
+      <c r="C207" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D207" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E207" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F207" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
+      <c r="A208" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55369", "209")</f>
+      </c>
+      <c r="B208" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55369", " Macaco jacaré 2 toneladas sem uso, na caixa. ")</f>
+      </c>
+      <c r="C208" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D208" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E208" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F208" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
+      <c r="A209" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55374", "210")</f>
+      </c>
+      <c r="B209" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55374", " Prensa hidráulica de coluna 20 toneladas, sem uso, na caixa.")</f>
+      </c>
+      <c r="C209" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D209" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E209" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F209" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
+      <c r="A210" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55370", "211")</f>
+      </c>
+      <c r="B210" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55370", " Macaco jacaré 2 toneladas sem uso, na caixa. ")</f>
+      </c>
+      <c r="C210" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D210" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E210" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F210" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
+      <c r="A211" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55371", "212")</f>
+      </c>
+      <c r="B211" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55371", " Macaco hidropneumatico capacidade 20 toneladas. Produto sem uso, na caixa")</f>
+      </c>
+      <c r="C211" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D211" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E211" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F211" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
+      <c r="A212" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55381", "213")</f>
+      </c>
+      <c r="B212" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55381", " 3 macacos hidraulico, sendo 1 de 2 toneladas   1 de 10 toneladas   1 de 16 toneladas. Produto sem uso.")</f>
+      </c>
+      <c r="C212" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D212" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E212" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F212" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
+      <c r="A213" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55377", "214")</f>
+      </c>
+      <c r="B213" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55377", " 3 macacos hidraulico, sendo 1 de 2 toneladas   1 de 10 toneladas   1 de 16 toneladas. Produto sem uso.")</f>
+      </c>
+      <c r="C213" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D213" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E213" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F213" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
+      <c r="A214" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55379", "215")</f>
+      </c>
+      <c r="B214" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55379", " 3 macacos  hidraulico sendo 1 de 6 toneladas   1 de 12 toneladas   1 de 20 toneladas. Produto sem uso.")</f>
+      </c>
+      <c r="C214" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D214" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E214" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F214" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
+      <c r="A215" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55375", "216")</f>
+      </c>
+      <c r="B215" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55375", " 3 macacos  hidraulico sendo 1 de 6 toneladas   1 de 12 toneladas   1 de 20 toneladas. Produto sem uso.")</f>
+      </c>
+      <c r="C215" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D215" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E215" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...85 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+      <c r="F215" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
+      <c r="A216" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55378", "217")</f>
+      </c>
+      <c r="B216" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55378", " 6 macacos  hidraulico sendo 1 de 2 toneladas  1 de 6 toneladas  1 de 10 toneladas    1 de 12 toneladas   1 de 16 toneladas   1 de 20 toneladas. Produto sem uso.")</f>
+      </c>
+      <c r="C216" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D216" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+      <c r="E216" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F216" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
+      <c r="A217" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55380", "218")</f>
+      </c>
+      <c r="B217" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55380", " Macaco jacare para empilhadeira 4 toneladas. Sem uso, na caixa.")</f>
+      </c>
+      <c r="C217" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D217" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...1764 lines deleted...]
-      <c r="F72" s="4" t="inlineStr">
+      <c r="E217" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F217" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-[...4638 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
-      <c r="A218" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A218" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55373", "219")</f>
+      </c>
+      <c r="B218" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55373", " Quadro para ferramentas 1.0m x 1.0m")</f>
       </c>
       <c r="C218" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D218" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E218" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F218" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>