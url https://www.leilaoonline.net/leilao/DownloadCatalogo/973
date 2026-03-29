--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,475 +269,419 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54878", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54878", " VOLKSWAGEN 17.250E WORKER PREFIXO:  211090 PLACA EQY5162 ANO / MOD:  2011 / 2012 RENAVAM:  429633726 CHASSI:  9533N82T0CR216656 TRAÇÃO / TRANSMISSÃO:  Trucado / Automática EQUIPAMENTO:  USIMECA - BRUTUS 19 m³")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>50.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54893", "008")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54893", "VOLKSWAGEN 17.250E WORKER. PLACA: EJK1711. Ano: 2011/ 2012. RENAVAM: 450937380. CHASSI: 9533N82T3CR215985. Trucado. Automática. Prefixo Equip.: 2110840. Nº Ativo Equip. 10033693. USIMECA - BRUTUS 19 m³")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>40.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54892", "009")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54892", "VOLKSWAGEN 17.250E WORKER. PLACA: EZB 0731. ANO 2011/2012. RENAVAM: 451586204. CHASSI: 9533N82T3CR215727. Trucado. Automática. Pref.: 2110820. nº Ativo Equip.: 10001557. USIMECA - BRUTUS 19 m³")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>46.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54884", "012")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54884", " VOLKSWAGEN 17.250E WORKER PREFIXO:  211100 PLACA EZB1823 ANO / MOD:  2011 / 2012 RENAVAM:  594439647 CHASSI:  9533N82T7CR216346 TRAÇÃO / TRANSMISSÃO:  Trucado / Automática EQUIPAMENTO:  USIMECA - BRUTUS 19 m³")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>51.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54883", "014")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54883", " VOLKSWAGEN 17.250E WORKER PREFIXO:  211092 PLACA EZB1632 ANO / MOD:  2011 / 2012 RENAVAM:  451587111 CHASSI:  9533N82T7CR217402 TRAÇÃO / TRANSMISSÃO:  Trucado / Automática EQUIPAMENTO:  USIMECA - BRUTUS 19 m³")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>49.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54881", "015")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54881", " VOLKSWAGEN 17.250E WORKER PREFIXO:  211093 PLACA EZB1622 ANO / MOD:  2011 / 2012 RENAVAM:  429629990 CHASSI:  9533N82T1CR217430 TRAÇÃO / TRANSMISSÃO:  Trucado / Automática EQUIPAMENTO:  USIMECA - BRUTUS 19 m³")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54882", "017")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54882", " RESERVATÓRIO DO COMPRESSOR DE AR WAYNE")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54879", "027")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54879", " RETIFICADOR DE SOLDA 180 A")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54880", "030")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54880", " FURADEIRA RADIAL YADOYA FY-F32")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54885", "040")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54885", " FORD F14.000 PREFIXO:  195013 PLACA CAU8271 ANO / MOD:  1995 / 1995 RENAVAM:  637994841 CHASSI:  9BFXTNSM6SDB64991 TRAÇÃO / TRANSMISSÃO:  TOCO / Manual . SEM EQUIPAMENTO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>31.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54886", "044")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54886", "RELAÇÃO ATUALIZADA COM MAIS ITENS - ITENS DE ALMOXARIFADO DIVERSOS, CONF. RELAÇÃO ANEXO. em São Paulo/SP")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54887", "045")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54887", "10 UNIDADES DISPONÍVEIS -MOTOR 4 TEMPOS honda gx 35 (EM CABECOTE ASPIRACAO LUTOCAR 120L N.P. - COM E SEM MANGUEIRA)")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54888", "046")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54888", "10 UNIDADES DISPONÍVEIS -MOTOR 4 TEMPOS honda gx 35 (EM CABECOTE ASPIRACAO LUTOCAR 120L N.P. - COM E SEM MANGUEIRA)")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54889", "048")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54889", "1 UNIDADE DISPONÍVEL - ASPIRADOR E TRITURADOR ALISIOS CERTOMA (MOTOR HONDA)")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>