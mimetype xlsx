--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,1083 +269,951 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54534", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54534", "FIAT/WEEKEND ATRACTIVE; 2016/2017, PRATA, ALCO./GASOL., FROTA 868 - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>19.600,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54535", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54535", "FIAT/WEEKEND ATRACTIVE; 2016/2017, PRATA, ALCO./GASOL., FROTA 788 - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54546", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54546", "VW; GOL 1.0 GIV; 2011/2011; PRATA; ALCO./GASOL; FROTA 169-22-05-2020 - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54536", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54536", "ÔNIBUS, VW INDUSCAR APACHE, 2008/2008, BRANCO; DIESEL - FROTA 103 - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>31.750,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54537", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54537", "FIAT/WEEKEND ATRACTIVE; 2016/2016, PRATA, ALCO./GASOL., FROTA 707 - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53466", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53466", "FIAT/ PALIO WEEKEND ATRACTIVE; 2016/2017, PRATA, ALCO./GASOL., FROTA 078 - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>18.750,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53465", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53465", "FIAT/WEEKEND ATRACTIVE; 2016/2017, PRATA, ALCO./GASOL., FROTA 088 - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53457", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53457", "FORD; RANGER XLT 12P; 2009/2009; PRETA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>29.750,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54539", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54539", "FIAT/WEEKEND ATRACTIVE; 2016/2017, PRATA, ALCO./GASOL., FROTA 508 - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>18.750,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53455", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53455", "NISSAN; FRONTIER S, 4X4, 2014/2015, FANTASIA; DIESEL; FUNCIONANDO, IPVA 2020 PAGO, FROTA 104-22-05-2020")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>65</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>41.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54540", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54540", "FIAT/WEEKEND ATRACTIVE; 2016/2017, PRATA, ALCO./GASOL., FROTA 868 - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>22.250,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54541", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54541", "FIAT/ DOBLO ESSESNCE 7L E; 2017, PRATA, ALCO./GASOL., FROTA 229 - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>24.750,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54549", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54549", "VW; TOUAREG 3.6 V6; 2011/2011; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>46.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53456", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53456", "FIAT PALIO WEEKEND ATTRATIVE ANO 2016 MOD 2017, COR PRATA, FLEX, FROTA 048 - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53459", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53459", " FIAT PALIO WEEKEND ATTRATIVE ANO 2016 MOD 2017, COR PRATA, FLEX, FROTA 358 - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>71</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54641", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54641", "VW; KOMBI; 2012/2012; BRANCA; ALCO./GASOL. - FROTA 334 - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53547", "019")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53547", "FIAT/WEEKEND ADVENTURE; 2015/2016, BRANCA, ALCO./GASOL., FROTA 686 - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54542", "020")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54542", "FIAT/ WEEKEND ATRACTIVE; 2016/2017, PRATA, ALCO./GASOL., FROTA 118 - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>18.900,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53546", "021")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53546", "FIAT/ WEEKEND ADVENTURE; 2015/2016, BRANCA, ALCO./GASOL., FROTA 126 - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>64</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>24.016,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53545", "022")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53545", "FIAT/ WEEKEND ADVENTURE; 2015/2016, BRANCA, ALCO./GASOL., FROTA 936 - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>23.600,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54545", "023")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54545", "HYUNDAI / TUCSON GLSB, 2012/2013 AUTOMÁTICO, GASOLINA; PLACA FINAL 29")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>20.750,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54547", "027")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54547", "FORD; TRST, MODIFICAR TP, 2010/2011, BRANCA; DIESEL; FROTA 541")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53460", "030")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53460", "ÔNIBUS, VW INDUSCAR APACHE, 2008/2008, BRANCO; DIESEL - FROTA 603 - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>20.600,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53467", "049")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53467", "GM; ASTRA SEDAN CD; 2003/2004; AZUL; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...57 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53461", "050")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53461", "HYUNDAI; HR HDB; 2007/2008; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>24.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53454", "051")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53454", "VOLKSWAGEN; JETTA VARIANT; 2010/2010; PRETA; GASOLINA - FUNCIONANDO - BLINDADO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...25 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53463", "052")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53463", "VOLKSWAGEN; KOMBI FURGÃO; 2006/2006; ALCO/GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>63</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>13.650,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53453", "054")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53453", "SUBARU; SVX 3.3 CUPÊ 4X4 AUT; 1993; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53462", "055")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53462", "GM; MONTANA CONQUEST; 2005/2005; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>11.650,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53533", "100")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53533", "GM; ASTRA GL SEDAN; 2000/2000; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>6.850,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53458", "103")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53458", "CHEVROLET; MONTANA LS; 2011/2012; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>16.750,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54538", "104")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54538", "FIAT/WEEKEND ATRACTIVE; 2016/2017, PRATA, ALCO./GASOL., FROTA 508 - FUNCIONANDO")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>18.800,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...830 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54548", "105")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54548", "FORD; TRST, MODIFICAR TP, 2010/2011, BRANCA; DIESEL; FROTA 071")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>15.250,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>