--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,763 +269,671 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53528", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53528", " CAMINHAO  VOLKSWAGEN - 15210 - T2 4X4 - 2014 (SEM IMPLEMENTO - NO CHASSI) OBS: PODENDO FALTAR PARTES, PEÇAS E COMPONENTES. PODENDO APRESENTAR PONTOS DE FERRUGEM E CORROSÃO. PLACA FWT9213 CHASSI:  9533172S4ER425866 RENAVAM:  1132972792 MOTOR:  G1T152312")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>93.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53522", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53522", " CAMINHAO - VOLKSWAGEN - 15210 - T2 4X4 - 2014 (SEM IMPLEMENTO - NO CHASSI): OBS: PODENDO FALTAR PARTES, PEÇAS E COMPONENTES. PODENDO APRESENTAR PONTOS DE FERRUGEM E CORROSÃO. PLACA GDJ0947 CHASSI:  9533172S3ER427172 RENAVAM:  1132876440 MOTOR:  G1T152390")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>94.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53526", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53526", " CAMINHAO GUINDAUTO 6 TON / BASC 18M³ - MERCEDES BENZ - L 1318 - T1 4X2 - 2011  OBS: PODENDO FALTAR PARTES, PEÇAS E COMPONENTES. PODENDO APRESENTAR PONTOS DE FERRUGEM E CORROSÃO. PLACA FAO9248 CHASSI:  9BM694000CB845968 RENAVAM:  463832124 MOTOR:  904976V0990704")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>94</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>94.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53532", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53532", " CAMINHAO GUINDAUTO 6 TON / BASC 18M³ - MERCEDES BENZ - L 1318 - T1 4X2 - 2011  - OBS: PODENDO FALTAR PARTES, PEÇAS E COMPONENTES. PODENDO APRESENTAR PONTOS DE FERRUGEM E CORROSÃO. PLACA FAO9247 CHASSI:  9BM694000CB845906 RENAVAM:  463832817 MOTOR:  904976U0990622")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>77</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>95.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53524", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53524", " CAMINHAO - MERCEDES BENZ - 1318 - T1 4X2 - 2011 (SEM IMPLEMENTO - SEM MUNCK - NO CHASSI)  OBS: PODENDO FALTAR PARTES, PEÇAS E COMPONENTES. PODENDO APRESENTAR PONTOS DE FERRUGEM E CORROSÃO. PLACA FDB7546 CHASSI:  9BM694000CB841755 RENAVAM:  1088832773 MOTOR:  904976U0987138")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>68</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>82.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53530", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53530", " CAMINHAO MERCEDES BENZ - 1318 - T1 4X2 - 2011  (SEM IMPLEMENTO SEM BASC, E SEM CABINE COMPLEMENTAR - NO CHASSI) OBS: PODENDO FALTAR PARTES, PEÇAS E COMPONENTES. PODENDO APRESENTAR PONTOS DE FERRUGEM E CORROSÃO. PLACA FJY9892 CHASSI:  9BM694000CB841846 RENAVAM:  573615888 MOTOR:  904976U0987374")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>74</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>79.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53531", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53531", " CAMINHAO BASCULANTE 13 M3 - MERCEDES BENZ - 1318 - T1 4X2 - 2011. OBS: PODENDO FALTAR PARTES, PEÇAS E COMPONENTES. PODENDO APRESENTAR PONTOS DE FERRUGEM E CORROSÃO.  PLACA FDI8218 CHASSI:  9BM694000CB825835 RENAVAM:  472752162 MOTOR:  904976U0973407")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>68</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>82.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53523", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53523", " CAMINHAO GUINDAUTO 7,5 TON - MERCEDES BENZ - 1318 - T1 4X2 - 2011, OBS: PODENDO FALTAR PARTES, PEÇAS E COMPONENTES. PODENDO APRESENTAR PONTOS DE FERRUGEM E CORROSÃO.  PLACA FAO9245 CHASSI:  9BM694000CB842533 RENAVAM:  463831543 MOTOR:  904976U0987788")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>86</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>100.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53529", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53529", " FORD - 2623 - T5 6X4 - 2012 -(SEM IMPLEMENTO - NO CHASSI) OBS: PODENDO FALTAR PARTES, PEÇAS E COMPONENTES. PODENDO APRESENTAR PONTOS DE FERRUGEM E CORROSÃO.  PLACA FBW9113 CHASSI:  9BFZEAMD3DBS12449 RENAVAM:  479254893 MOTOR:  36379362,   o documento de porte obrigatório atualizado não está em mãos")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>92.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53525", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53525", " CAMINHÃO - MERCEDES BENZ - 1718 - T1 4X2 - 2011 (SEM IMPLEMENTO - NO CHASSI) OBS: PODENDO FALTAR PARTES, PEÇAS E COMPONENTES. PODENDO APRESENTAR PONTOS DE FERRUGEM E CORROSÃO.  PLACA FDI8223 CHASSI:  9BM693186CB844609 RENAVAM:  473569116")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>61</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>72.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53527", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/53527", " MERCEDES BENZ - 915 - T1 4X2 - 2011 (SEM IMPLEMENTO - NO CHASSI) OBS: PODENDO FALTAR PARTES, PEÇAS E COMPONENTES. PODENDO APRESENTAR PONTOS DE FERRUGEM E CORROSÃO.  PLACA FDI8217 CHASSI:  9BM979046CB847653 RENAVAM:  471718670 MOTOR:  904970U0992139")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>53.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54389", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54389", " GOL 1.0 - VOLKSWAGEN - T1 4X2 - 2009 PLACA EIZ6163 RENAVAM:  129497320 CHASSI:  9BWAA05U29T217239 MOTOR:  CCN126743 OBS:   VEICULO COM MOTOR FUNDIDO. NECESSITA DE REPAROS EM GERAL DE FUNILARIA, PINTURA, SUSPENSÃO, DIREÇÃO E TAPEÇARIA.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54422", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54422", "CAMINHAO BASCULANTE 6 M3 - MERCEDES BENZ - 1318 -  2011, PLACA:  FEV2459, CHASSI: 9BM694000CB841067 , RENAVAM: 00475440510,  OBS: PODENDO FALTAR PARTES, PEÇAS E COMPONENTES. PODENDO APRESENTAR PONTOS DE FERRUGEM E CORROSÃO. o documento de porte obrigatório atualizado não está em mãos. Aguardando env")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>69</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>85.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54423", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54423", " TRATOR DE ESTEIRA CATERPILLAR D6N - 2004 , N. SERIE:  8JG01287")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>119.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54518", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54518", " SAVEIRO 1.6 - VOLKSWAGEN - SAVEIRO 1.6 - T1 4X2 - 2011 PLACA EYF1781 RENAVAM:  00327594462 CHASSI:  9BWKB05U1CP017552 MOTOR:  CCRL29621 OBS:   NECESSITA DE REPAROS EM GERAL DE FUNILARIA, PINTURA, SUSPENSÃO, TAPEÇARIA E MOTOR")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54516", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54516", " CAMINHAO COMPACTADOR 19 M3 - VOLKSWAGEN - 17280 - T4 6X2 - 2013 PLACA AYP1924 RENAVAM:  01115067246 CHASSI:  953658240ER420074 MOTOR:  2093701A523695 OBS:   NECESSITA DE CAMBIO, DIFERENCIAL, TAPEÇARIA EM GERAL, CARDANS, CUICAS DE FREIO, VARIAS PEÇAS DO IMPLEMENTO. MOTOR COM PROBLEMAS. ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>48.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54519", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54519", " CAMINHAO COMPACTADOR 15 M3 - FORD - 1723 - T1 4X2 - 2013 PLACA OUO5116 RENAVAM:  567454371 CHASSI:  9BFYEAHD7DBS39269 MOTOR:  36433810 OBS:   VEICULO COM MOTOR FUNDIDO. NECESSITA DE REPAROS EM GERAL DE FUNILARIA, PINTURA, SUSPENSÃO,  DIREÇÃO E TAPEÇARIA.")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>69.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54517", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54517", " CAMINHAO POLIGUINDASTE DUPLO - FORD - 2423 - T4 6X2 - 2012 PLACA FCB6329 RENAVAM:  467779252 CHASSI:  9BFYEAKD0DBS13234 MOTOR:  36383182 OBS:   NECESSITA DE REPAROS EM GERAL DE FUNILARIA, PINTURA, SUSPENSÃO, MOTOR, DIREÇÃO E TAPEÇARIA.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...164 lines deleted...]
-      <c r="C19" s="4" t="inlineStr">
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54895", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54895", "CAMINHÃO MERCEDES BENZ 1318 - BAU 30, 4X2, 2012,  NECESSITA DE PEQUENOS REPAROS DE FUNILARIA E PINTURA. Plava:FEV-2424  Renavam:482370416  Chassi:9BM694000CB832640  Motor: 904976U0979441")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>184</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>95.250,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54896", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54896", "CAMINHÃO MERCEDES BENZ  1318 - BAU 30 4X2, 2012,  NECESSITA DE PEQUENOS REPAROS DE FUNILARIA E PINTURA Placa:FEV-2486 Chassi:9BM694000CD840226  Renavam:482368691 Motor: 904976U0986008")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D19" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="D20" s="4" t="inlineStr">
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>129</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>88.250,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54897", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54897", "CAMINHAO  VOLKSWAGEN  17250, COMPACTADOR 6X2. 2010 / 2011,  NECESSITA DE REPAROS EM GERAL DE FUNILARIA, PINTURA E TAPEÇARIA. Placa:EQT-6623 Chassi:9533N82T9BR116408 Renavam:271804284 Motor: 36241041")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
         <is>
           <t>61</t>
         </is>
       </c>
-      <c r="E20" s="5" t="inlineStr">
-[...68 lines deleted...]
-      <c r="F22" s="4" t="inlineStr">
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-[...89 lines deleted...]
-      <c r="F25" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54898", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54898", "CAMINHAO  VOLKSWAGEN 17250, COMPACTADOR 6X2, 2010 / 2011,  NECESSITA DE REPAROS EM GERAL DE FUNILARIA, PINTURA E TAPEÇARIA. Placa: EQT-6577 Chassi:9533N82TXBR118071  Renavam:271676205 Motor: 36242089")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>66</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-[...222 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55300", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55300", "CAMINHAO COMPACTADOR 19 M3 - FORD 1722 - 6X2 - 2011, PLACA: FDI8246, RENAVAM: 468774173, CHASSI:   9BFYEAXV1CBS98648, NECESSITA DE REPAROS EM GERAL DE FUNILARIA, PINTURA E TAPEÇARIA")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>64.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>