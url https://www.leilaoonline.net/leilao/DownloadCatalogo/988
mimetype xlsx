--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,1787 +269,1567 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54901", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54901", "NISSAN/FRONTIER S 4X4; 2014/2014; PRATA; DIESEL; FROTA 016 - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>44.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54900", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54900", "MMC/L200 TRITON GL D; 2014/2015; PRATA; DIESEL - FROTA 981 - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>38.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54870", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54870", "VW; GOL 1.0 GIV; 2011/2011; PRATA; ALCO./GASOL; FROTA 169-22-05-2020 - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>12.350,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54866", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54866", "ÔNIBUS, VW INDUSCAR APACHE, 2008/2008, BRANCO; DIESEL - FROTA 103 - FUNCIONANDO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>28.750,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54899", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54899", "CAMINHÃO SCANIA L 110; 1973/1973; LARANJA; DIESEL; FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54863", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54863", "FIAT/ PALIO WEEKEND ATRACTIVE; 2016/2017, PRATA, ALCO./GASOL., FROTA 078 - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54902", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54902", "RENAULT/DUSTER 20 D 4X2; 2014/2015; PRATA; ALCO./GASOL. - FROTA 040")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>20.750,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54858", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54858", "FORD; RANGER XLT 12P; 2009/2009; PRETA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54867", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54867", "FIAT/WEEKEND ATRACTIVE; 2016/2017, PRATA, ALCO./GASOL., FROTA 508 - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>18.750,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54857", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54857", "NISSAN; FRONTIER S, 4X4, 2014/2015, FANTASIA; DIESEL; FUNCIONANDO, IPVA 2020 PAGO, FROTA 104-22-05-2020")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>40.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54903", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54903", "MMC/L200 TRITON GL D; 2014/2015; PRATA; DIESEL - FROTA 421 - FUNCIONANDO ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>44.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54904", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54904", "MMC/L200 TRITON GL D; 2015/2016; PRATA; DIESEL - FROTA 249 - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>44.250,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55063", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55063", "I BMW; X5 4.8 FE81; 2007/2007; PRETA; GASOLINA; FUNCIONANDO; BLINDADO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>36.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54873", "016")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54873", "VW; KOMBI; 2012/2012; BRANCA; ALCO./GASOL. - FROTA 334 - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54905", "017")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54905", "RENAULT/DUSTER 20 D 4X2; 2014/2015; PRATA; ALCO./GASOL; FROTA 180")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>21.750,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54865", "019")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54865", "FIAT/WEEKEND ADVENTURE; 2015/2016, BRANCA, ALCO./GASOL., FROTA 686 - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>22.250,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54869", "020")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54869", "FIAT/ WEEKEND ATRACTIVE; 2016/2017, PRATA, ALCO./GASOL., FROTA 118 - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>18.750,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54871", "028")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54871", "FORD; TRST, MODIFICAR TP, 2010/2011, BRANCA; DIESEL; FROTA 071")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>15.400,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54859", "030")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54859", "ÔNIBUS, VW INDUSCAR APACHE, 2008/2008, BRANCO; DIESEL - FROTA 603 - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>31.050,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55292", "098")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55292", "VW FOX 1.0; 2006/2007; CINZA; ALC./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>9.750,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55291", "099")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55291", "FIAT DOBLO RONTAN AMB2 1.4, 2012/2012; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>15.250,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55062", "100")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55062", "GM; ASTRA GL SEDAN; 2000/2000; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>6.450,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55060", "101")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55060", "MARCOPOLO/ VOLARE; 2001/2001; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55067", "102")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55067", "FIAT; DOBLO ADV 1.8; 2007/2007; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C16" s="4" t="inlineStr">
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>15.250,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55064", "103")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55064", "CHEVROLET; MONTANA LS; 2011/2012; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D16" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...53 lines deleted...]
-      <c r="D18" s="4" t="inlineStr">
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54874", "104")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54874", "I; FORD FUSION; 2006/2007; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55069", "105")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55069", "PEUGEOT; 208 GRIFFE; 2014/2015; PRATA; ALCO./GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55294", "106")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55294", "VW; SANTANA; 2001/2001; BRANCA ALCOOL/GNV; FUNCIONANDO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54876", "107")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54876", "FIAT; ARGO DRIVE 1.3; 2018/2019; BRANCA; GASOL./ALCOOL - FUNCIONANDO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>34.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54421", "108")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54421", "VW; GOL CL; 1989/1989; AZUL; ALCOOL; FUNCIONANDO;  TURBO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>15.250,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54414", "109")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54414", "CHEVROLET; PRISMA 1.4L LT; 2012/2012; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>14.750,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55299", "110")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55299", "VW; GOL CLI; 1995/1995; LARANJA; ALCOOL - TURBO LEGALIZADO - FUNCIONANDO")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>9.150,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55298", "111")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55298", "HYUNDAI / TUCSON GL 20l, 201082009 AUTOMÁTICO, GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>16.850,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55307", "112")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55307", "VW; KOMBI FURGÃO; 1992/1992; CINZA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54872", "113")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54872", "VW; TOUAREG 3.6 V6; 2011/2011; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54420", "114")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54420", "HONDA, FIT LX CVT, 2016/2017, PRATA; ALCO./GASOL., FUNCIONANDO - IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>39.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55297", "115")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55297", "I; DODGE JOURNEY SXT; 2013/2014; PRATA; GASOLINA - BLINDADO - FUNCIONANDO")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>29.550,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55309", "116")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55309", "PEUGEOT; 207; PASSION XR S, 2011/2012, FLEX, AZUL - FUNCIONANDO")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>10.250,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54417", "118")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54417", "VW: GOL 1.0; 2003/2003; CINZA; GASOLINA; FUNCIONANDO")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>5.650,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55296", "119")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55296", "I; JAC J3; 2010/2011; PRETA; GASOLINA; FUNCIONANDO")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>9.800,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54413", "122")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54413", "I; AUDI A3 SPORTBACK 2.0T FSI; 2010/2011; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
-      <c r="E18" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A19" s="5" t="inlineStr">
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>25.800,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54906", "123")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54906", "VW; GOL; 1981; PRETA; GASOLINA; FUNCIONANDO")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55295", "124")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55295", "IMP; MMC SPCAE W GLXI; 1994/1995; VERMELHA, GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54418", "125")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54418", "HONDA; FIT LXL; 2003/2004; PRATA; GASOLINA - FUNCIONANDO - IPVA PAGO")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>9.850,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55061", "126")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55061", "HONDA / FIT LXL; 2004/2004, CINZA; GASOLINA - FUNCIONANDO - IPVA PAGO")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>10.450,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54419", "128")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54419", "RENAULT CLIO AUT 10 16VH; 2006/2007; VERMELHA; ALCO/GASOL.")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>7.800,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54875", "135")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54875", "FIAT; ARGO DRIVE 1.0; 2018/2019; BRANCA; GASOL./ALCOOL - FUNCIONANDO")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54864", "149")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54864", "GM; ASTRA SEDAN CD; 2003/2004; AZUL; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54860", "150")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54860", "HYUNDAI; HR HDB; 2007/2008; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>30.500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54856", "151")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54856", "VOLKSWAGEN; JETTA VARIANT; 2010/2010; PRETA; GASOLINA - FUNCIONANDO - BLINDADO")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>23.250,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54861", "155")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54861", "GM; MONTANA CONQUEST; 2005/2005; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>11.900,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54411", "156")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54411", "I; MERCEDES BENZ ML 320 AB54; 2000/2000; GASOLINA; PRATA, FUNCIONANDO - IPVA 2020 PAGO - BLINDADO")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54416", "405")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54416", "JOGO DE RODAS DE LIGA COM PNEUS 195 X 55 X 16")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="B19" s="4" t="inlineStr">
-[...1421 lines deleted...]
-      </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55068", "406")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55068", "JG DE RODAS ARO 16 COM PNEUS 205 55 16")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55308", "407")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55308", "JG DE RODAS DE LIGA ARO 17")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>