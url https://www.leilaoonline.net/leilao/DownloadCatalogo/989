--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,379 +269,335 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54521", "100")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54521", "7024400 - EXAUSTOR OMTRi901 60HZ, 1600 rpm 40cv 60hz 4P, ANO 2015, S/USO, veja especificações")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54522", "101")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54522", "7025984 - MOTOR DIESEL Deutz BF4M 2012C, 4,cilindros,2300RPM, 98KW, ANO 2015, veja especificações")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54524", "102")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54524", "7105862/7100863/ 7078691 - 7 COMPRES SCHULZ, SEM USO, ANO 2015 - SENDO 5 DE 80PCM E 2 100PCM - COM Sistema injeção bombas integrada - veja descritivo de intens")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>25.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54525", "103")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54525", "TA 3030P - Tanque ano 2013, para armazenamento de Asfalto ou combustível. Capacidade total de 60.000 litros veja especificações")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54526", "104")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54526", "7024405 - EXAUSTOR OMTRi901, 1600RPM, 40CV, 50HZ 4P. ano 2015, sem uso - veja especificações")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>10.850,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54527", "105")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54527", "TA50P - Tanque de armazenamento de Asfalto ou combustível, ano 2016, Capacidade total de 50.000 litros veja especificações")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>92.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54528", "106")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54528", "RAP50E - Tambor Secador rotativo de capacidade de 50 Ton/h, ano 2015 veja especificações")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>67.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54529", "107")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54529", "7065741/7065734/7068230 - Componentes para construção de usinas de pré-misturado a frio / usina de Solos de 500 Tph. ano 2015")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>32.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54531", "108")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54531", "TM 3020P - Tanque ano 2013, de aquecimento armazenamento de Asfalto ou combustível Capacidade total de 50.000 litros veja especificações")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>111.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54532", "109")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54532", "KP500 - Chassis tubular ano 2018 para usina de Asfalto Kompakt 500  com eixos rodoviários")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54533", "110")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54533", "7163115 /7163200 - Conjunto soldado para SILO DE ESTOCAGEM ano 2017 veja especificações")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>112.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>