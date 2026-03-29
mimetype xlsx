--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,3035 +269,2659 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5762", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5762", " Gerador de Energia 0055 kva - Carenado ANO: 2001 Modelo: Cramaco G2R200SA/4 MOTOR: Perkins 4236/1 TAG: A055040")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5766", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5766", " Gerador de Energia 0055 kva - Carenado ANO: 2006 Modelo: Weg GTA200SI12 MOTOR: MWM D229/4 GG TAG: A055172")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5761", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5761", " Gerador de Energia 0055 kva - Carenado ANO: 2006 Modelo: Weg GTA200SI12 MOTOR: MWM D229/4 GG TAG: A055174")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5763", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5763", " Gerador de Energia 0055 kva - Carenado ANO: 2006 Modelo: Cramaco G2R200SA/4 MOTOR: MWM D229/4 GG TAG: A055206")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5764", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5764", " Gerador de Energia 0080 kva - Carenado  ANO: 2006 Modelo: Cramaco G2R200SD/4 MOTOR: MWM D229/6 GG TAG: A080094")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5765", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5765", " GERADOR DE ENERGIA 0150 KVA - SILENCIADO ANO: 2007 Modelo: Weg GTA251AIHD MOTOR: MWM 6.10TCA TAG: A150052")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5767", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5767", " GERADOR DE ENERGIA 0180 KVA - CARENADO ANO: 2004 Modelo: Cramaco G2R280SB/4 MOTOR: MWM 6.10TCA TAG: A180064")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5771", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5771", " GERADOR DE ENERGIA 0180 KVA - SILENCIADO ANO: 2007 Modelo: Cramaco G2R250MD/4 MOTOR: MWM 6.10TCA TAG: AA180004")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5769", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5769", " GERADOR DE ENERGIA 0180 KVA - CARENADO ANO: 2007 Modelo: Weg GTA252AIVB MOTOR: MWM 6.10TCA TAG: AA180108")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5772", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5772", " Compressor de Ar Diesel – 365 PCM 08 bar ANO: 1997 Modelo: Atlas Copco XA175 MOTOR: MWM D.10.T TAG: DG365008")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5770", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5770", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON ANO: 2008 Modelo: Wacker RD12A-90 MOTOR: Honda GX 610 TAG: GRC210104")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5768", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5768", " TORRE DE ILUMINAÇÃO DIESEL - 4000 Watts X 9mts. ANO: 2008 Modelo: Pancake 201 CSA5411  MOTOR: Mitsubishi L3E TAG: IE4040118")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5773", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5773", " TORRE DE ILUMINAÇÃO DIESEL - 4000 Watts X 9mts. ANO: 2008 Modelo: Pancake 201 CSA5411  MOTOR: Mitsubishi L3E TAG: IE4040238")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5777", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5777", " TORRE DE ILUMINAÇÃO DIESEL - 4000 Watts X 9mts. ANO: 2010 Modelo: Wacker LTN6L MOTOR: Kohler KDW1003GE WACK TAG: IE4040948")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5774", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5774", " TORRE DE ILUMINAÇÃO DIESEL - 4000 Watts X 9mts. ANO: 2010 Modelo: Wacker LTN6L MOTOR: Kohler KDW1003GE WACK TAG: IE4040962")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5778", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5778", " MINI CARREGADEIRA DIESEL - 839kg ANO: 2008 Modelo: Volvo MC80B MOTOR: Volvo D3.4A TAG: MC839007")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5775", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5775", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON ANO: 2009 Modelo: Wacker RD12A-90 MOTOR: Honda GX 610 TAG: RC210023")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5776", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5776", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON ANO: 2010 Modelo: Wacker RD12A-90 MOTOR: Honda GX 610 TAG: RC210044")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5781", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5781", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1,5 TON ANO: 2010 Modelo: Weber Mt RCW900 MOTOR: Honda GX 610 TAG: RC215001")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5782", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5782", " Compressor de Ar Diesel – 150 PCM 08 bar ANO: 2000 Modelo: Atlas Copco XAS76 MOTOR: MWM D229/3 GG TAG: RG150001")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5779", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5779", " Compressor de Ar Diesel – 150 PCM 08 bar ANO: 2000 Modelo: Atlas Copco XAS76 MOTOR: MWM D229/3 GG TAG: RG150002")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5784", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5784", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON Modelo: Wacker RD11A MOTOR: Honda GX 610 TAG: RRC210010")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5780", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5780", " Gerador de Energia 0093 kva - Silenciado ANO: 2001 Modelo: Caterpillar XP83E1 MOTOR: Perkins 1795/1500 TAG: A093002")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5783", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5783", " GERADOR DE ENERGIA 0100 KVA - SILENCIADO ANO: 2006 Modelo: Olympian LL2014L MOTOR: Perkins 1104A-44TG2  TAG: A100005")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5785", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5785", " Gerador de Energia 0100 kVA - Silenciado ANO: 2009 Modelo: Olympian LL2014L MOTOR: Perkins 1104A-44TG2  TAG: A100199")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5786", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5786", " GERADOR DE ENERGIA 0150 KVA - CARENADO ANO: 2006 Modelo: Weg GTA250SI17 MOTOR: MWM 6.10TCA TAG: A150031")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5790", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5790", " GERADOR DE ENERGIA 0150 KVA - CARENADO ANO: 2006 Modelo: Weg GTA250SI17 MOTOR: MWM 6.10TCA TAG: A150033")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5787", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5787", " Gerador de Energia 0450 kva - Carenado ANO: 2000 Modelo: Cramaco G2R315SA/4 MOTOR: Cummins NTA-855G3 TAG: A450010")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5789", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5789", " GERADOR DE ENERGIA 0450 KVA - CARENADO ANO: 2006 Modelo: Stanford Newage MOTOR: Cummins NTA-855G3 TAG: A450036")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5788", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5788", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON ANO: 2007 Modelo: Wacker RD12A-90 MOTOR: Honda GX 610 TAG: ARC210001")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5792", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5792", " Compressor de Ar Diesel – 150 PCM 08 bar ANO: 2004 Modelo: Atlas Copco XAS76 MOTOR: MWM D229/3 GG TAG: DG150003")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5791", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5791", " Compressor de Ar Diesel – 250 PCM 08 bar ANO: 2000 Modelo: Atlas Copco XA125 MOTOR: MWM D10 TAG: DG250009")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5793", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5793", " Compressor de Ar Diesel – 250 PCM 08 bar ANO: 2000 Modelo: Atlas Copco XA125 MOTOR: MWM D10 TAG: DG250013")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5794", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5794", " Compressor de Ar Diesel – 365 PCM 08 bar ANO: 2000 Modelo: Atlas Copco XA175 MOTOR: MWM D10.T TAG: DG365015")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5797", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5797", " Compressor de Ar Diesel – 365 PCM 08 bar ANO: 2000 Modelo: Atlas Copco XA175 MOTOR: MWM D10.T TAG: DG365016")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5795", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5795", " Compressor de Ar Diesel – 750 PCM 08 bar ANO: 2000 Modelo: Atlas Copco XA360 MOTOR: SCANIA DS11 TAG: DG750006")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5798", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5798", " COMPRESSOR DE AR ELÉTRICO - 300 PCM 380 Volts ANO: 2009 Modelo: Atlas Copco GA45 MOTOR: Weg Indução Gaiolo Squirrel TAG: F300003")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5796", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5796", " COMPRESSOR DE AR ELÉTRICO DE 464 PCM ANO: 2009 Modelo: Atlas Copco GA75 MOTOR: Weg Indução Gaiolo Squirrel TAG: F464001")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5799", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5799", " COMPRESSOR DE AR ELÉTRICO DE 464 PCM ANO: 2009 Modelo: Atlas Copco GA75 MOTOR: Weg Indução Gaiolo Squirrel TAG: F464002")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5800", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5800", " GERADOR DE ENERGIA 0150 KVA - CARENADO ANO: 2006 Modelo: Weg GTA251AIHD MOTOR: MWM 6.10TCA TAG: FA150002")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5801", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5801", " GERADOR DE ENERGIA 0180 KVA - SILENCIADO ANO: 2007 Modelo: Weg GTA250MI33 MOTOR: Perkins 2334/1800 TAG: FA180015")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5802", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5802", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON ANO: 2006 Modelo: Wacker RD12A-90 MOTOR: Honda GX 610 TAG: GRC210101")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5804", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5804", " Torre de Iluminação Diesel  – 4000 Watts x 9 mts ANO: 2007 Modelo: Melo Ahe Spa LTC4L MOTOR: Lombardine LDW10036E TAG: IE4040007")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5803", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5803", " TORRE DE ILUMINAÇÃO DIESEL - 4000 Watts X 9mts. ANO: 2008 Modelo: Pancake 201 CSA5411  MOTOR: Mitsubishi L3E TAG: IE4040026")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5808", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5808", " Torre de Iluminação Diesel  – 4000 Watts x 9 mts ANO: 2008 Modelo: Pancake 201 CSA5411  MOTOR: Mitsubishi L3E TAG: IE4040213")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5805", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5805", " Torre de Iluminação Diesel  – 4000 Watts x 9 mts ANO: 2008 Modelo: Pancake 201 CSA5411  MOTOR: Mitsubishi L3E TAG: IE4040235")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5807", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5807", " Torre de Iluminação Diesel  – 4000 Watts x 9 mts ANO: 2010 Modelo: Pancake 201 CSA5411  MOTOR: Kubota D1105-BG-ET01 TAG: IE4040500")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5806", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5806", " Torre de Iluminação Diesel  – 4000 Watts x 9 mts ANO: 2010 Modelo: Pancake 201CSA5411 MOTOR: Kubota D1105 BG ET01 TAG: IE4040535")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5810", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5810", " Torre de Iluminação Diesel  – 4000 Watts x 9 mts ANO: 2010 Modelo: Pancake 201CSA5411 MOTOR: Kubota D1105 BG ET01 TAG: IE4040671")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5809", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5809", " Torre de Iluminação Diesel  – 4000 Watts x 9 mts ANO: 2010 Modelo: Wacker LTN6L MOTOR: Kohler KDW1003GE WACK TAG: IE4040694")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5811", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5811", " Torre de Iluminação Diesel  – 4000 Watts x 9 mts ANO: 2010 Modelo: Wacker LTN6L MOTOR: Kohler KDW1003GE WACK TAG: IE4040773")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5812", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5812", " Torre de Iluminação Diesel  – 4000 Watts x 9 mts ANO: 2010 Modelo: Wacker LTN6L MOTOR: Kohler KDW1003GE WACK TAG: IE4040835")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5814", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5814", " Torre de Iluminação Diesel  – 4000 Watts x 9 mts ANO: 2007 Modelo: Wacker LTN6L MOTOR: Kohler KDW1003GE WACK TAG: IE4041015")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5813", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5813", " Torre de Iluminação Diesel  – 4000 Watts x 9 mts ANO: 2007 Modelo: Melo Ahe Spa LTC4L MOTOR: Lombardine LDW10036E TAG: IE4041114")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5815", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5815", " Torre de Iluminação Diesel  – 4000 Watts x 9 mts ANO: 2011 Modelo: Wacker LTN6L MOTOR: Kohler LDW1003GE TAG: IE4042431")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5818", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5818", " TORRE DE ILUMINAÇÃO DIESEL - 4000 Watts X 9mts. ANO: 2011 Modelo: Wacker LTN6L MOTOR: Kohler LDW1003GE TAG: IE4042486")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5817", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5817", " Torre de Iluminação Diesel  – 4000 Watts x 9 mts ANO: 2011 Modelo: Wacker LTN6L MOTOR: Kohler LDW1003GE TAG: IE4042506")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5816", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5816", " Torre de Iluminção Diesel - 4000 Watts x 9 mts ANO: 2011 Modelo: Wacker LTN6L MOTOR: Kohler LDW1003GE TAG: IE4042632")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5819", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5819", " MINI CARREGADEIRA DIESEL - 680kg ANO: 2008 Modelo: Volvo MC70B MOTOR: Volvo D2.0A TAG: MC680002")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5820", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5820", " MINI CARREGADEIRA DIESEL - 680kg ANO: 2008 Modelo: Volvo MC70B MOTOR: Volvo D2.0A TAG: MC680010")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5822", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5822", " MINI CARREGADEIRA DIESEL - 680kg ANO: 2010 Modelo: Case 410 Série 3 MOTOR: Case ISM 422T/M3 TAG: MC680034")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5821", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5821", " MINI CARREGADEIRA DIESEL - 680kg ANO: 2010 Modelo: Case 410 Série 3 MOTOR: Case ISM 422T/M3 TAG: MC680043")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5825", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5825", " MINI CARREGADEIRA DIESEL - 680kg C/ AR CONDICIONA ANO: 2010 Modelo: Case 410 Série 3 MOTOR: Case ISM 422T/M3 TAG: MC680044")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5823", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5823", " MINI CARREGADEIRA DIESEL - 839kg ANO: 2008 Modelo: Volvo MC80B MOTOR: Volvo D3.4A TAG: MC839001")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5824", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5824", " MINI CARREGADEIRA DIESEL - 839kg ANO: 2008 Modelo: Volvo MC80B MOTOR: Volvo D3.4A TAG: MC839004")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5826", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5826", " MANIPULADOR TELESCÓPICO DIESEL - 17 mts X 4.000 kg ANO: 2010 Modelo: Haulote HTL-4017 MOTOR: Deutz BF4M2012 TAG: MT017003")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>46.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5827", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5827", " MANIPULADOR TELESCÓPICO DIESEL - 17 mts X 4.000 kg ANO: 2010 Modelo: Haulote HTL-4017 MOTOR: Deutz BF4M2012 TAG: MT017004")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>46.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5828", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5828", " MANIPULADOR TELESCÓPICO DIESEL - 17 mts X 4.000 kg ANO: 2010 Modelo: Haulote HTL-4017 MOTOR: Deutz BF4M2012 TAG: MT017007")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5829", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5829", " MANIPULADOR TELESCÓPICO DIESEL - 14 mts X 3.600 kg ANO: 2010 Modelo: Genie GTH-844 MOTOR: Perkins RG38557 TAG: MZ014004")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5830", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5830", " MANIPULADOR TELESCOPICO DIESEL - 14 mts X 3.600 kg ANO: 2010 Modelo: Genie GTH-844 MOTOR: Perkins RG38557 TAG: MZ014005")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5831", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5831", " MANIPULADOR TELESCÓPICO DIESEL - 14 mts X 3.600 kg ANO: 2010 Modelo: Genie GTH-844 MOTOR: Perkins RG38557 TAG: MZ014006")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5833", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5833", " MANIPULADOR TELESCÓPICO DIESEL - 14 mts X 3.600 kg ANO: 2011 Modelo: Genie GTH-844 MOTOR: Perkins RG38557 TAG: MZ014010")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5832", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5832", " MANIPULADOR TELESCÓPICO DIESEL - 14 mts X 3.600 kg ANO: 2011 Modelo: Genie GTH-844 MOTOR: Perkins RG38557 TAG: MZ014019")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5834", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5834", " MANIPULADOR TELESCÓPICO DIESEL - 17 mts X 4.500 kg ANO: 2010 Modelo: Genie GTH-1056 MOTOR: Perkins 3273-2400 TAG: MZ017001")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5837", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5837", " MANIPULADOR TELESCÓPICO DIESEL - 17 mts X 4.500 kg ANO: 2010 Modelo: Genie GTH-1056 MOTOR: Perkins 3273-2400 TAG: MZ017002")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>46.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5835", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5835", " MANIPULADOR TELESCÓPICO DIESEL - 17 mts X 4.500 kg ANO: 2010 Modelo: Genie GTH-1056 MOTOR: Perkins 3273-2400 TAG: MZ017004")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5839", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5839", " MANIPULADOR TELESCÓPICO DIESEL - 17 mts X 4.500 kg ANO: 2010 Modelo: Genie GTH-1056 MOTOR: Perkins 3273-2400 TAG: MZ017006")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5838", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5838", " MANIPULADOR TELESCÓPICO DIESEL - 17 mts X 4.500 kg ANO: 2010 Modelo: Genie GTH-1056 MOTOR: Perkins 3273-2401 TAG: MZ017007")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5836", "079")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5836", " Gerador de Energia 0093 kva - Silenciado ANO: 2001 Modelo: Caterpillar XP83E1 MOTOR: Perkins 1795/1500 TAG: RA093002")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5840", "080")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5840", " GERADOR DE ENERGIA 0150 KVA - SILENCIADO ANO: 2007 Modelo: Weg GTA251AIHD MOTOR: MWM 6.10TCA TAG: RA150005")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5842", "081")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5842", " GERADOR DE ENERGIA 0150 KVA - SILENCIADO ANO: 2007 Modelo: Weg GTA251AIHD MOTOR: MWM 6.10TCA TAG: RA150007")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5844", "082")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5844", " Gerador de Energia 0200 kva - Carenado Modelo: Negrine ATXL MOTOR: Scania DS11 TAG: RA200001")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5841", "083")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5841", " Gerador de Energia 0450 kva - Carenado ANO: 2001 Modelo: Weg GTA315SI31 MOTOR: Scania DSC11 TAG: RA450002")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5845", "084")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5845", " Gerador de Energia 0450 kva - Silenciado ANO: 2001 Modelo: Cramaco G2R315SA/4 MOTOR: Cummins NTA-855G3 TAG: RA450004")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5843", "085")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5843", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON ANO: 2008 Modelo: Wacker RD12A-90 MOTOR: Honda GX 610 TAG: RC210009")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5846", "086")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5846", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON ANO: 2009 Modelo: Wacker RD12A-90 MOTOR: Honda GX 610 TAG: RC210019")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5847", "087")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5847", " Compressor de Ar Diesel – 260 PCM 08 bar ANO: 2000 Modelo: Atlas Copco XA125 MOTOR: MWM 4.10 T TAG: RG260003")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5848", "088")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5848", " Compressor de Ar Diesel – 295 PCM 08 bar ANO: 2002 Modelo: Atlas Copco XAS136  MOTOR: MWM 4.10 T TAG: RG295001")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5849", "089")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5849", " Compressor de Ar Diesel – 350 PCM 08 bar ANO: 2000 Modelo: Atlas Copco XA175 MOTOR: MWM 4.10 T TAG: RG350001")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5851", "090")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5851", " Compressor de Ar Diesel – 350 PCM 08 bar ANO: 2001 Modelo: Atlas Copco XA175 MOTOR: MWM 4.10 T TAG: RG350004")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5850", "091")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5850", " Compressor de Ar Diesel – 350 PCM 08 bar ANO: 2001 Modelo: Atlas Copco XA175 MOTOR: MWM 4.10 T TAG: RG350005")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...852 lines deleted...]
-      <c r="E40" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5853", "092")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5853", " ROLO COMPACTADOR LISO GASOLINA - 2 ROLOS X 1 TON ANO: 2006 Modelo: Wacker RD11A MOTOR: Honda GX 610 TAG: RRC210005")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
-      <c r="F40" s="4" t="inlineStr">
-[...1982 lines deleted...]
-      </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5852", "093")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5852", " GERADOR DE ENERGIA 0055 KVA - CARENADO ANO: 2009 Modelo: Weg GTA201AIHV MOTOR: Perkins 1104A TAG: A055306")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5854", "094")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5854", " GERADOR DE ENERGIA 0180 KVA - CARENADO ANO: 2001 Modelo: Cramaco G2R260MD/4 MOTOR: MWM 6.10TCA TAG: IA180105")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>