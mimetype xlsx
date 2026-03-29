--- v0 (2025-11-05)
+++ v1 (2026-03-29)
@@ -269,2331 +269,2043 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54550", "2429")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54550", "TRANSBORDO SMR 12000 3 CAIXAS SERMAG, ANO 2008, EQP. 10102 LOC. JOÃO PINHEIRO /MG ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54551", "2430")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54551", "TRANSBORDO SMR 12000 3 CAIXAS SERMAG, ANO 2008,EQP.10105, LOC: JOÃO PINHEIROS")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54552", "3419")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54552", "MOTO HONDA NXR BROS 150, ANO 2014, EQP. 10110 LOC: JOAO PINHEIROS")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>4.900,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54553", "3604")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54553", "MOTO HONDA NXR BROS 150, ANO 2013- LOC. JOÃO PINHEIRO / MG ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>5.950,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54554", "3609")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54554", "MOTO  HONDA NXR BROS 150, ANO 2013 - LOC. JOÃO PINHEIRO /MG ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>5.200,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54555", "3737")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54555", "FIAT DOBLO ATTRACTIVE 1.4, ANO 2015 , EQP. 11047- LOC. JOÃO PINHEIRO/ MG ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>26.250,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54556", "3738")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54556", "FIAT WEEKEND ADV 1.8 LOCK, ANO 2015, EQP. 11053,  LOC. JOÃO PINHEIRO /MG ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>24.250,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54557", "3739")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54557", " FIAT WEEKEND ADV 1.8 LOCK, ANO 2015, EQP.11058, LOC. JOÃO PINHEIRO / MG")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>21.250,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54558", "3740")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54558", "FIAT WEEKEND ADV 1.8 LOCK, ANO 2015, EQP. 11070- LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>20.250,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54559", "3741")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54559", "CHEVROLET NOVA S10 LS 2.4, ANO 2013, LOC. JOÃO PINHEIRO /MG")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54560", "3748")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54560", "FIAT STRADA CD 1.4 WKG, ANO 2014, EQP. 11079, LOC. JOÃO PINHEIRO/ MG ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54561", "3763")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54561", "FIAT STRADA CD 1.4 WKG, ANO 2014, EQP. 11082, LOC. JOÃO PINHEIRO / MG ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>25.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54562", "3795")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54562", "TRATOR VALTRA BM 125i GII, ANO 2010, EQP. 11083, LOC. JOÃO PINHEIRO/MG ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>71.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54563", "3796")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54563", "TRATOR VALTRA BM 125i GII, ANO 2010, EQP. 11085, LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>93</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>72.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54564", "3801")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54564", " FIAT STRADA CE 1.4 WKG, ANO 2015, EQP. 11091, LOC. JOÃO PINHEIRO/MG ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54565", "3804")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54565", "FIAT STRADA CD 1.4 WKG, ANO 2015, EQP. 20013, LOC. JOÃO PINHEIRO/MG ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54566", "3807")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54566", "TRATOR NEW HOLLAND TL55, ANO 2004, EQP. 20016- LOC. JOÃO PINHEIRO / MG ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>25.750,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54567", "3816")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54567", "TRATOR  JOHN DEERE 7715, ANO 2010, EQP. 20021- LOC. JOÃO PINHEIRO/ MG ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>79</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>85.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54568", "3818")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54568", "TRATOR JOHN DEERE 7715, ANO 2010, EQP. 20023 - LOC. JOÃO PINHEIRO/MG ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>86</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>69.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54569", "3829")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54569", "TRATOR JOHN DEERE 7715, ANO 2010, EQP. 30014- LOC. JOÃO PINHEIRO/MG ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>97</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54570", "3830")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54570", "TRATOR JOHN DEERE 7715, ANO 2010, EQP. 30015- LOC. JOÃO PINHEIRO/MG ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>82.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54571", "3832")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54571", "TRATOR JOHN DEERE 7715, ANO 2010 , EQP. 30019, LOC. JOÃO PINHEIRO/ MG ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>115</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>73.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54572", "3833")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54572", "TRATOR JOHN DEERE 7715, ANO 2010, EQP. 30022, LOC. JOÃO PINHEIRO/ MG ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>89</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>71.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54573", "3836")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54573", "TRATOR JOHN DEERE 7715, ANO 2010 , LOC. JOÃO PINHEIRO /MG ")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>120</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>79.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54583", "4569")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54583", "C0OLHEDORA JOHN DEERE 3520, ANO 2010, EQP. 30038- LOC. JOÃO PINHEIRO/MG ")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>2.550,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54586", "4744")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54586", "REBOQUE TRANSBORDO 3 CAIXAS SERMAG, ANO 2009,EQP 30041, LOC. JOÃO PINHEIRO / MG ")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>8.250,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54590", "4746")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54590", "PLANTADEIRA C PICADA PCP 6000 DMB, ANO 2008, EQP. 30054-LOC. JOÃO PINHEIRO/MG ")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54592", "4788")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54592", "PLANTADORA PCP 6000 DMB, ANO 2009, EQP. 30056, LOC. JOÃO PINHEIRO/MG ")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54594", "4789")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54594", "CAMINHÃO VOLVO  FH520 6X4, ANO 2010, EQP. 30057, LOC. JOÃO PINHEIRO/MG ")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>61.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54598", "4792")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54598", "CAMINHÃO VOLVO FH520 6X4, ANO 2010, EQP.30085, LOC. JOÃO PINHEIRO/MG ")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>61.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54600", "4794")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54600", "REBOQUE TRANSBORDO 3 CAIXAS SERMAG, ANO 2009, EQP. 40011- LOC. JOÃO PINHEIRO/ MG ")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>5.750,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54601", "4842")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54601", "REBOQUE TRANSBORDO 3 CAIXAS SERMAG, ANO 2009, EQP. 40016, LOC. JOÃO PINHEIRO/ MG ")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54602", "4847")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54602", "REBOQUE TRANSBORDO 3 CAIXAS SERMAG, ANO 2009, EQP. 50085, LOC. JOÃO PINHEIRO/MG ")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54603", "4848")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54603", "REBOQUE TRANSBORDO 3 CAIXAS SERMAG, ANO 2009, EQP.50086- LOC. JOÃO PINHEIRO/MG ")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54606", "4849")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54606", "REBOQUE SANTA IZABEL, ANO 2009, EQP. 50087, LOC. JOÃO PINHEIRO/MG ")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>6.100,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54607", "4850")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54607", "SEMI REBOQUE TANQUE 3E, GOTTI , ANO 2000, EQP. 50088, LOC. JOÃO PINHEIRO/MG ")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>8.750,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54608", "4852")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54608", "ELEVADOR E DIVISOR DE LINHA DE COLHEDORA, JOHN DEERE, ANO 2010, EQP. 50089, LOC. JOÃO ´PINHEIRO/MG ")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54610", "4853")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54610", "COLHEDORA JOHN DEERE 3520, ANO 2010, EQP. 50090- LOC. JOÃO PINHEIRO/MG ")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54613", "5579")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54613", "SUCATA TRATOR JOHN DEERE 7715, ANO 2010, EQP. 50162, LOC. JOÃO PINHEIRO/ MG ")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54616", "5647")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54616", "GRADE  85X50, TATU MARCHESAN, ANO 2007, EQP. 60010, LOC. JOÃO PINHEIRO/MG ")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54617", "5649")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54617", "SUCATA DE TRATOR JOHN DEERE 7715, ANO 2010, LOC. JOÃO PINHEIRO/MG ")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54655", "5651")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54655", "APROX.3468 PÇAS,  KIT ASPERSOR SUPER SPRAY, LOC. JOÃO PINHEIRO / MG ")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54642", "5657")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54642", "01 BARCO DE NAVEGAÇÃO 8 MT BORDA ALTA")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>2.150,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54815", "5660")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54815", "01 DRAGA PORTÁTIL - FVI- 100 RUDOLF BAUER, LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54654", "5662")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54654", "10 PÇAS  MOTO REDUTOR ASTEN, LOC. JOÃO PINHEIRO / MG ")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>3.600,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54653", "5664")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54653", "01 CONJ. MAQUINA DE SOLDA + ESMERIL BAMBOZZI + GERADOR, LOC. JOÃO PINHEIRO/MG ")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>1.450,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54652", "5665")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54652", "02 BALANÇA MECÂNICA DE PLATAFORMA - FILIZOLA CAP. 150KG , LOC. JOÃO PINHEIRO/MG")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54644", "5667")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54644", "CONJUNTO MOTO BOMBA CENTRÍFUGA - IMBIL SERIE:82932 COM MOTOR SIEMENS 250CV")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54643", "5779")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54643", "01 CONJUNTO MOTO BOMBA CENTRÍFUGA - IMBIL SERIE:82551 COM MOTOR SIEMENS 250CV")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54649", "5782")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54649", "TRANSFORMADOR MONOFÁSICO TOSHIBA 5KVA - SERIE: 310532, LOC. JOÃO PINHEIRO /MG ")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54651", "5786")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54651", "TRANSFORMADOR MONOFÁSICO MACORIN 37.5 KVA - SERIE: 01113386, LOC. JOÃO PINHEIRO /MG ")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54650", "5787")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54650", "TRANSFORMADOR MONOFÁSICO ROMAGNOLE 15KVA - SERIE: 199319, LOC. JOÃO PINHEIRO ")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54657", "5791")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54657", "01 REGISTRO GAVETA 20" - SG CL 150, LOC JOÃO PINHEIRO / MG ")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>1.950,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54656", "5792")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54656", "09 VÁLVULAS DE RETENÇÃO 10" RAN - PN 16, LOC. JOÃO PINHEIRO/MG")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>9.050,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54619", "5797")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54619", "MOTOR ESTACIONARIO CUMMINS, ANO 2010, ")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54621", "5798")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54621", "TRANSBORDO SMR 12000 3 CAIXAS SERMAG, ANO 2008, EQP.60050, LOC. JOÃO PINHEIRO/MG ")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54645", "5799")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54645", "03 COLETOR DE SUCÇÃO PARA CAPTAÇÃO, ")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54648", "5800")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54648", "01 COMPRESSOR DE AR SHULT CAP 150 LIB C/MOTOR  1.12, LOC. JOÃO PINHEIRO/ MG        ")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54622", "5801")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54622", "TRANSBORDO SMR 12000 3 CAIXAS SERMAG, ANO 2008, EQP. 60084, LOC.JOÃO PINHEIRO /MG ")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54625", "6046")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54625", "TRANSBORDO TAC DC 12000 2 CAIXAS CIVEMASA, ANO 2009, EQP. 60086, LOC. JOÃO PINHEIRO/MG ")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54627", "6048")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54627", "TRANSBORDO SMR 12000 2 CAIXAS SERMAG, ANO 2008 , EQP.80004, LOC. JOÃO PINHEIRO/ MG  ")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54629", "6049")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54629", "TRANSBORDO TAC DC 12000 2 CAIXAS CIVEMASA, ANO 2009, EQP. 80007, LOC. JOÃO PINHEIRO/MG ")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54630", "6050")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54630", "TRANSBORDO SMR 12000 3 CAIXAS SERMAG, ANO 2008, LOC. JOÃO PINHEIRO/ MG ")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54632", "8421")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54632", "BALANCEADORA DE PNEUS FORT G, ANO 2018- LOC. JOÃO PINHEIRO/MG ")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54633", "13076")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54633", "TRATOR VALTRA  BM 125i GII, ANO 2010, LOC. JOÃO PINHEIRO/ MG ")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>106</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>75.500,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54634", "17038")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54634", "TRANSBORDO SMR 12000 3 CAIXAS SERMAG, ANO 2008, LOC. JOÃO PINHEIRO/ MG ")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54646", "17039")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54646", "01 BALSA FLUTUANTE  PARA CAPTAÇÃO, LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54635", "17042")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54635", "CAMINHÃO VOLVO FH520 6X4, ANO 2010, LOC. JOÃO PINHEIRO/ MG ")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>64.500,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54636", "17043")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54636", "CAMINHÃO  VOLVO FH520 6X4, ANO 2010, - LOC.JOÃO PINHEIRO /MG ")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54637", "17044")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54637", "TANQUE AGUA 15000 LTS, GASCOM, ANO 2010, LOC. JOÃO PINHEIRO / MG ")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55349", "17046")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55349", "TRATOR PULVERIZADOR PAR MA3027HS, MONTANA, ANO 2010, EQP. 30077 LOC. JOÃO PINHEIRO ")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>147</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>102.500,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55350", "17047")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55350", "MINI CARREGADEIRA BOBCAT S130, ANO 2011, EQP.30083- LOC. JOÃO PINHEIRO / MG ")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>31.166,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>