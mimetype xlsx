--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,219 +269,195 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55303", "010")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55303", "I/VW TOUAREG 3.6 V6; 2014/2014, BRANCA; GASOLINA - BLINDADO - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>64.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55304", "011")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55304", "VW/NOVO VOYAGE 1.6 CITY; 2013/2013; PRATA; FLEX - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55305", "012")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55305", "VW/POLO SEDAN 1.6; ANO 2013/2014; PRATA; FLEX - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>23.750,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55306", "013")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55306", "I/VW TIGUAN 2.0 TSI; ANO 2014/2014, PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>41.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55356", "24118")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55356", "VOLKSWAGEN; TOUAREG 3.6 V6; 2014/2014; GASOL. - BLINDADO - FUNCIONANDO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>67.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55646", "24119")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55646", "I/VW TIGUAN 2.0 TSI, 2014/2014, BLINDADA, GAS, PRETA FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>