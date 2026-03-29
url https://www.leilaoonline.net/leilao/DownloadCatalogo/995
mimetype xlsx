--- v0 (2026-02-11)
+++ v1 (2026-03-29)
@@ -269,2331 +269,2043 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54952", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54952", "BOTE INFLÁVEL COM MOTOR 50 HP - COMPRIMENTO 4,50 M - ANO 2012 - MATERIAL CONSTRUÇÃO DO CASCO: FIBRA DE VIDRO - CARRETINHA INCLUSA")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>15.250,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54953", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54953", "LANCHA ANO 1995 MOTOR 135 HP - COMPRIMENTO TOTAL: 6,45 M - CARRETINHA INCLUSA")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54954", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54954", " 58 EXTINTORES DE INCÊNDIO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54956", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54956", " 32U - ÓLEO NOVO VENCIDO LUBRAX UNITRACTOR (20L)")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>6.750,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54955", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54955", " CHAPA DE AÇO CARBONO (APROXIMADAMENTE 2000KG) PREÇO POR KG")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1,10</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54963", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54963", " 200 L DE ÓLEO OMALA S2 G 100 NOVO (VENCIDO)")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54957", "009")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54957", " 200 L DE ÓLEO OMALA S2 G 100 NOVO (VENCIDO)")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54971", "010")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54971", " 200 L DE ÓLEO OMALA S2 G 220 NOVO (VENCIDO)")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54966", "012")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54966", " 200 L DE ÓLEO OMALA S2 G 220 NOVO (VENCIDO)")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54967", "013")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54967", " SERRA DE FITA COM SOLDADOR ME - CÓD. 540")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>3.950,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54965", "014")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54965", " TORNO AUTOMÁTICO TRAUB A15 COM ALIMENTADOR - CÓD. 561")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>4.950,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54964", "015")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54964", " ESTUFA")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54972", "017")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54972", " REATOR AÇO INOX 750 LITROS MISTURADOR ENCAMISADO - CÓD. 576")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54968", "019")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54968", " TANQUE RESERVATÓRIO ÁGUA FIBRA DE VIDRO 20 MIL LITROS - CÓD. 607")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54969", "020")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54969", " BOMBA HELICOIDAL DOSADORA NIETSCH - CÓD. 611")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54958", "021")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54958", " CHILLER MECALOR 75000 KCAL - CÓD. 101")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54961", "022")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54961", " TORNO MECÂNICO 2350 X 500 MM - CÓD. 597 ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54970", "023")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54970", " TORNO MECÂNICO IMOR 1500 X 440 MM - CÓD. 596")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54960", "024")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54960", " TORNO MECÂNICO 2000 X 460 MM - CÓD. 595")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54959", "025")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54959", " TROCADOR DE CALOR DE INOX - CÓD. 118")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54962", "028")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54962", " MISTURADOR PARA RESINA OU COLA 30CV - CÓD. 189")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54973", "029")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54973", " TORRE DE RESFRIAMENTO ALPINA - CÓD. 195 ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54975", "030")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54975", " COMPRESSOR PRIMÁX 40 PÉS - CÓD. 202")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54974", "031")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54974", " COMPRESSOR PRIMÁX 40 PÉS - CÓD. 203")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54978", "035")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54978", " PRENSA HIDRÁULICA 40 TONELADAS - CÓD. 620")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54977", "036")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54977", " TANQUE RESERVATÓRIO EM AÇO INÓX 316 CAPACIDADE 1000 LITROS -  CÓD. 40")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54976", "037")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54976", " LAMINADOR BONFANTI CERAMICA TIJOLO VERMELHO BAIANO - CÓD.347")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54979", "038")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54979", " SERRA ESQUADREJADEIRA - CÓD.366 MELHORAR FOTO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54983", "039")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54983", " MOTOR SCANIA 110 COM CÂMBIO - CÓD.378")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54984", "040")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54984", " COMPRESSOR SABROE CMO 16 - CÓD. 381")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54982", "041")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54982", " GELADEIRA APX. 15000 KCAL - CÓD. 399")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54985", "042")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54985", " MÁQUINA PARA DESCASCAR FIOS E CABOS - CÓD.  414")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>4.150,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54980", "045")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54980", " EMPILHADEIRA ZELOSO - CÓD.431")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54981", "046")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54981", " EMPILHADEIRA ZELOSO - CÓD.433")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54986", "047")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54986", " TERMOREGULADOR VULCANIC ANO 1994 - CÓD.440")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54987", "048")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54987", " ELETROÍMÃ PARA ESTEIRA ITALINDUSTRIA - CÓD.441")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54992", "049")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54992", " SEPARADOR MAGNÉTICO ELETROÍMÃ SUCATA ESCAVADEIRA - CÓD. 443")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54994", "052")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54994", " BRITADOR DE GELO SEIKAN ENGENHARIA - CÓD.454")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54993", "054")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54993", " COMPRESSOR PARAFUSO ATLAS COPCO GA 507 - CÓD. 486")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54988", "055")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54988", " GUILHOTINA MECATRO 3000X20MM (3/4") - CÓD. 497")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54989", "056")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54989", " EXTRUSORA BORGMAR 90MM - CÓD. 523")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54990", "057")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54990", " CABEÇOTE DE ESPALMADEIRA FACA SOBRE CILINDRO - CÓD. 525")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54991", "059")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54991", " TORRE DE RESFIAMENTO DRYCOOLER MECALOR 200 MODULAR - CÓD. 532")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54995", "060")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54995", " MOINHO MARTELO TIGRE - CÓD. 535")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54996", "061")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54996", " FILTRO DE AREIA - CÓD. 536")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>1.450,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54998", "063")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54998", " PRENSA DE BORRACHA 500 X 500 MM PISTÃO 250MM ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54997", "065")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54997", " CILINDRO MISTURADOR BORRACHA BONITO 700 X 300 MM - CÓD. 555")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54999", "066")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/54999", " EXTRUSORA BORRACHA BUZULUK - CÓD. 557")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55000", "067")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55000", " MOINHO DE PLÁSTICO 500MM - CÓD. 625")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55001", "068")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55001", " PENEIRA VIBRATÓRIA SCHULTHEIZ - CÓD. 634")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
-[...63 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55002", "069")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55002", " BALANÇA ")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...43 lines deleted...]
-      <c r="A17" s="5" t="inlineStr">
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55007", "070")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55007", " BALANÇA")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55006", "071")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55006", " VIRADOR TAMBOREADOR EM AÇO INÓX 100 LITROS - CÓD. 574")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55003", "073")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55003", " REATOR DE AÇO CARBONO 250 LITROS - CÓD. 579")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55005", "074")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55005", " REATOR DE AÇO CARBONO 250 LITROS - CÓD. 580")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55008", "076")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55008", " CALANDRA CHAPAS ELÉTRICA ")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.850,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55004", "077")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55004", " GUILHOTINA OMAC BRESCHIA 105 CM BOCA SEMI-AUTOMÁTICA")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55010", "078")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55010", " TRANSFORMADOR CEMEC 1000/1250KVA 13,8KV - 440V NOVO SEM USO - CÓD. 644")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55011", "079")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55011", " LAVADORA DE PISOS ELÉTRICA OPERADOR A BORDO COMAC TRIPLA 75 - CÓD. 614")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55009", "080")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55009", " PRENSA HIDRÁULICA 60 TONELADAS - CÓD. 622")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55012", "081")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55012", " GUILHOTINA OMAC BRESCHIA 105 CM")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55013", "082")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55013", " COMPRESSOR WAYNE 60 PES - CÓD.52")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55015", "083")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55015", " CALDEIRÃO EM AÇO INÓX CAPACIDADE 250 LITROS - CÓD. 53")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="B17" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="A19" s="5" t="inlineStr">
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>1.550,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55014", "084")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55014", " FECHADOR AUTOMÁTICO DE MARMITEX PACK-FAST 1000PACK-FAST 1000 - FECHADOR AUTOMÁTICO DE MARMITEX.MP4PACK-FAST 1000 - FECHADOR AUTOMÁTICO DE MARMITEX")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55016", "085")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55016", " FURADEIRA RADIAL HCP - COD. 66")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="B19" s="4" t="inlineStr">
-[...105 lines deleted...]
-      <c r="D22" s="4" t="inlineStr">
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>3.300,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55017", "086")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55017", " COPIADOR - COD. 71")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.650,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55018", "088")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55018", " GUILHOTINA GRÁFICA FUNTIMOD - CÓD. 99")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55019", "089")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55019", " FURADEIRA ENGRENADA BREMENSIS - CÓD. 674")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55020", "090")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55020", " ASPIRADOR INDÚSTRIAL - CÓD.262")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E22" s="5" t="inlineStr">
-[...154 lines deleted...]
-      <c r="D27" s="4" t="inlineStr">
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55022", "091")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55022", " BATEDOR PLANETARIA DE INÓX USIRAM - CÓD. 274")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E27" s="5" t="inlineStr">
-[...186 lines deleted...]
-      <c r="D33" s="4" t="inlineStr">
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55021", "092")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55021", " MÁQUINA DE DESCASCAR CABO - CÓD. 311")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="E33" s="5" t="inlineStr">
-[...223 lines deleted...]
-      <c r="E40" s="5" t="inlineStr">
+      <c r="E81" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F40" s="4" t="inlineStr">
-[...1310 lines deleted...]
-      </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55023", "093")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55023", " MOTOR A DIESEL TRAMONTINI - CÓD.333")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>