--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,1307 +269,1147 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55317", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55317", " Transbordo Civemasa TAC-DC 12000 ano 2007 Serie 07015 ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55335", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55335", " Transbordo Sermag SE12500 ano 2010 Serie 0643")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55326", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55326", "  Transbordo Sermag SE12500 ano 2011  Serie 0791")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55336", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55336", "  Transbordo Sermag SMR12500 ano 2006  Serie 0172")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55343", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55343", " Transbordo Civemasa TAC-DC 12000 Serie 07043")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55344", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55344", "  Transbordo Antoniosi ATA12000 SC ano 2014 Serie 1016238")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55323", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55323", " Transbordo Antoniosi ATA12000 SC ano 2010 Serie 1012285")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55327", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55327", " Transbordo Santa Izabel  ano 2010 ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55316", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55316", "  Transbordo Case IH  8 toneladas ano 2010  ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55321", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55321", "  Transbordo Sermag SE12500 ano 2010  Serie 0806 ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55314", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55314", "  Transbordo Sermag SMR12500 ano 2007  Serie 0192")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55313", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55313", " Distribuidora Antoniosi DC1102 ano 2012 ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55334", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55334", " Área de Vivencia ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55339", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55339", " Distribuidora Antoniosi DC1102 ano 2012")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55330", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55330", " Distribuidora Antoniosi DC1102 ano 2013")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55312", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55312", "Distribuidora DMB DCP5000 ano 2011")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55319", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55319", " Distribuidora DMB DCP5000 ano 2013")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55328", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55328", " Plantadeira  Sollus ano 2010")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55331", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55331", " Plantadeira  Sollus ano 2010")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55345", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55345", " Transbordo Sermag SE8000 ano 2008 ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55338", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55338", " Transbordo Civemasa TAC-DC12000 ano 2008  Serie 07043 ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55322", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55322", " Transbordo Sermag SE12500")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55341", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55341", "  Transbordo Sermag SMR10000 ano 2007 Reformado")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55346", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55346", "  [ RETIRADO ] Transbordo Sermag SMR10000 ano 2007 Reformado ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55329", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55329", " Transbordo Sermag SMR10000 ano 2007 Reformado")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55310", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55310", "  Transbordo Sermag SMR10000 ano 2007 Reformado")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55324", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55324", " Pulverizador John Deere 4630 ano 2012")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>280.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55348", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55348", " Pulverizador John Deere 4630 ano 2012")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>280.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55342", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55342", " Pulverizador John Deere 4630 ano 2016")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>350.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55337", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55337", " Pulverizador John Deere 4630 ano 2016")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>350.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55315", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55315", " Transbordo Antoniosi ATA12000 SC ano 2011 Serie 1013094 ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55318", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55318", " Transbordo Antoniosi ATA12000 SC ano 2011 Serie 1012665")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55311", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55311", "  Transbordo Antoniosi ATA12000 SC ano 2011 Serie 1013096 ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55325", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55325", "[ RETIRADO ] Trator Valtra. Mod. BM 100. Ano 2014")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55340", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55340", " Tanque de Fibra 16 mil litros. Equipado com sistema de aspersão para calda pronta concentrada, com adubo liquido, bomba barras, monitores, chicote, completo.")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55332", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55332", " Caminhão Volvo N10. Ano 1988. Motor fundido.")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...110 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>15.250,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55347", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55347", " Transbordo Sermag SMR 13000 ano 2008 Serie 0302 ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...1022 lines deleted...]
-      </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55333", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55333", "  Tandem o par para transbordo")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55320", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55320", "  Adubadeiras")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55384", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55384", "Colhedora de cana Case Ih modelo A8800 Multi Row, ano 2013. Duas linhas.  ")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>